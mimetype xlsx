--- v3 (2026-01-19)
+++ v4 (2026-03-01)
@@ -1,141 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sfi\site_internet\Enquetes-Tresorerie-Afte-Bpi\AFTE-METI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49F40077-B6DF-4B8B-9A05-52A457E35543}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{08DE0AB6-6E9C-4D64-BA81-6F98762CD0D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="512" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Enquête AFTE-METI-Rexecode" sheetId="1" r:id="rId1"/>
-    <sheet name="AFTE-Rexecode (1-2017-2-2025)" sheetId="3" r:id="rId2"/>
+    <sheet name="Résultats_nouvelle version" sheetId="1" r:id="rId1"/>
+    <sheet name="Historique (jan.2017- fév.2025)" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
-</file>
-[...32 lines deleted...]
-</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="72">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>Jugement actuel sur la trésorerie</t>
   </si>
   <si>
     <t>Délais de paiement</t>
   </si>
   <si>
     <t>Clients</t>
   </si>
   <si>
     <t>Fournisseurs</t>
   </si>
   <si>
     <t>Recherche de financement</t>
   </si>
   <si>
     <t>Solde d'opinons (en%)</t>
+  </si>
+  <si>
+    <t>Enquête de trésorerie des entreprises - Résultats</t>
   </si>
   <si>
     <t>Dépôt à vue (Cash)</t>
   </si>
   <si>
     <t xml:space="preserve">Comptes rémunérés (livrets, dépôt à terme et comptes à terme) </t>
   </si>
   <si>
     <t>Titres de créances négociables (TCN)</t>
   </si>
   <si>
     <t xml:space="preserve">Organismes de placement collectif en valeurs mobilières (OPCVM) </t>
   </si>
   <si>
     <t xml:space="preserve">Non concerné </t>
   </si>
   <si>
     <t>Gestion de la trésorerie</t>
   </si>
   <si>
     <t>Solde d'opinons (en %)</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -198,50 +166,53 @@
     <t>Note sur 4</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="9"/>
         <rFont val="Avenir LT 55 Roman"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Q9 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="9"/>
         <rFont val="Avenir LT 55 Roman"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">          Nouvelles lignes de crédits </t>
     </r>
   </si>
   <si>
     <t>Taux de concernés (oui)</t>
+  </si>
+  <si>
+    <t>Enquête de trésorerie des entreprises</t>
   </si>
   <si>
     <t xml:space="preserve">Q8 
 Recherche de financement </t>
   </si>
   <si>
     <t>Q5 
 Influence matières premières</t>
   </si>
   <si>
     <t>Q6
  Influence taux de change</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="9"/>
         <rFont val="Avenir LT 55 Roman"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Q7
 </t>
     </r>
@@ -407,56 +378,50 @@
     <t>Taux de concernés en %  (oui)</t>
   </si>
   <si>
     <t xml:space="preserve">Evolution des marges sur les financements de marché </t>
   </si>
   <si>
     <t>Intention de mettre en place de nouvelles lignes de crédit de précaution (syndiqué, emprunt obligataire)</t>
   </si>
   <si>
     <t>Prévisions de trésorerie fiables pour le mois en
 cours</t>
   </si>
   <si>
     <t>Prévisions de trésorerie non fiables pour le mois en
 cours</t>
   </si>
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Impact de l'enviornnement extérieur</t>
   </si>
   <si>
     <t>Evolution du taux d'intérêt sur les crédits bancaires</t>
   </si>
-  <si>
-[...4 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="[$-40C]mmmm\-yy;@"/>
     <numFmt numFmtId="166" formatCode="[$-40C]mmm\-yy;@"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -610,51 +575,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="51">
+  <borders count="48">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color theme="4"/>
       </right>
@@ -1171,95 +1136,60 @@
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...33 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="157">
+  <cellXfs count="151">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1441,327 +1371,309 @@
     </xf>
     <xf numFmtId="164" fontId="17" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="18" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="23" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="165" fontId="23" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="10" fillId="2" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="164" fontId="10" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="2" borderId="48" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
     <cellStyle name="Pourcentage 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Pourcentage 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.coe-rexecode.fr/Indicateurs-et-Graphiques/Enquete-sur-la-tresorerie-des-entreprises" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afte.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42352" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000070A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1772,57 +1684,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42353" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000071A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1838,51 +1750,51 @@
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>952500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>103528</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>5886</xdr:colOff>
+      <xdr:colOff>450386</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>865706</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42354" name="Image 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000072A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
@@ -1907,57 +1819,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42355" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000073A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1968,57 +1880,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42356" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000074A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2029,57 +1941,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42357" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000075A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2090,57 +2002,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42358" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000076A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2151,57 +2063,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42359" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000077A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2212,57 +2124,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42360" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000078A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2273,57 +2185,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42361" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000079A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2334,57 +2246,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42362" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007AA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2395,57 +2307,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42363" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007BA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2456,57 +2368,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42364" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007CA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2517,57 +2429,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42365" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007DA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2578,57 +2490,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42366" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007EA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2639,57 +2551,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42367" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00007FA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2700,57 +2612,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42368" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000080A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2761,57 +2673,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42369" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000081A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2822,57 +2734,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42370" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000082A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2883,57 +2795,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42371" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000083A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2944,57 +2856,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42372" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000084A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3005,57 +2917,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42373" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000085A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3066,57 +2978,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42374" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000086A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3127,57 +3039,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42375" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000087A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3188,57 +3100,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42376" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000088A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3249,57 +3161,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42377" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000089A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3310,57 +3222,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42378" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00008AA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3371,57 +3283,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42379" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00008BA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3432,57 +3344,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42380" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00008CA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3493,57 +3405,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42381" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00008DA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3554,57 +3466,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42382" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00008EA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3615,57 +3527,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42383" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00008FA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3676,57 +3588,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42384" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000090A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="24726900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3737,57 +3649,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>199026</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42385" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000091A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="25742900" y="6699250"/>
           <a:ext cx="82550" cy="203200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3798,57 +3710,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>856179</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>96320</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>47268</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>20262</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42386" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000092A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12532331" y="5008651"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3859,57 +3771,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>63071</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>48894</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>217220</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42387" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000093A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="12579863" y="5125234"/>
           <a:ext cx="45719" cy="429232"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3920,57 +3832,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>577921</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>10703</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>657296</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>216079</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42388" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000094A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12254073" y="4923034"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3981,58 +3893,58 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>481601</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>96321</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>560976</xdr:colOff>
-      <xdr:row>19</xdr:row>
-      <xdr:rowOff>2034</xdr:rowOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>23438</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42389" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000095A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12157753" y="6110984"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
@@ -4042,57 +3954,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>877583</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>107022</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>68672</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>27790</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42390" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000096A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12553735" y="4826713"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -4103,57 +4015,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>845477</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>139128</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>39741</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>66246</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42391" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000097A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12521629" y="4858819"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -4164,57 +4076,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>866882</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>107023</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>64321</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>27791</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42392" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000098A50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12543034" y="4826714"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -4225,57 +4137,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>181938</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>102706</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42395" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00009BA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12575140" y="4901629"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -4286,57 +4198,57 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>160534</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>87652</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="42396" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00009CA50000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12564438" y="4880225"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -4474,51 +4386,51 @@
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5784814" y="121294"/>
           <a:ext cx="1882638" cy="703580"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>856179</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>96320</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="82550" cy="202201"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2472A620-BC32-4010-A201-0C335457998F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="40796966" y="6292921"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
@@ -4530,51 +4442,51 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>481601</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>96321</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="82550" cy="202201"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74E11F9B-5847-4747-8AA7-CB794CB6B291}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="40604326" y="8240731"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
@@ -4586,51 +4498,51 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>481601</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>96321</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="82550" cy="202201"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB170D89-EB38-49AE-9F6B-132E62FE7C0B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="40604326" y="8240731"/>
           <a:ext cx="82550" cy="202201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
@@ -4638,259 +4550,109 @@
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>25</xdr:col>
+      <xdr:col>27</xdr:col>
       <xdr:colOff>481601</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>96321</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="82550" cy="202201"/>
+    <xdr:to>
+      <xdr:col>27</xdr:col>
+      <xdr:colOff>560976</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>30609</xdr:rowOff>
+    </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="7" name="Text Box 1">
+        <xdr:cNvPr id="5" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{430BDBC5-8874-42E7-881C-299CDCBAE5AC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2DFCCBA-A7CF-4CC4-AD23-E75CDABD511D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="38645814" y="7962473"/>
-          <a:ext cx="82550" cy="202201"/>
+          <a:off x="40610426" y="8221146"/>
+          <a:ext cx="79375" cy="210513"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
-    <xdr:clientData/>
-[...153 lines deleted...]
-    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -4974,50 +4736,125 @@
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>381000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>123825</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 2">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="342900" y="381000"/>
+          <a:ext cx="4181475" cy="762000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
@@ -7538,153 +7375,121 @@
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>470899</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>752475</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>267556</xdr:rowOff>
+      <xdr:rowOff>342900</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
-      <xdr:colOff>759860</xdr:colOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>161925</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>74916</xdr:rowOff>
-[...62 lines deleted...]
-      <xdr:rowOff>95023</xdr:rowOff>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Image 48">
+        <xdr:cNvPr id="47" name="Image 1">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66B7B912-1651-DAE7-1FE6-9B66DC2871FA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00002F000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="470899" y="267556"/>
-          <a:ext cx="4723809" cy="961905"/>
+          <a:off x="5972175" y="342900"/>
+          <a:ext cx="2743200" cy="866775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Rexecode">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="0071B9"/>
@@ -7946,1505 +7751,1537 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
-  <dimension ref="A1:AH27"/>
+  <dimension ref="A1:AH26"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-[...4 lines deleted...]
-      <selection pane="bottomRight" activeCell="B4" sqref="B4:AB4"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="G25" sqref="G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.140625" style="156" customWidth="1"/>
+    <col min="1" max="1" width="17.42578125" style="7" customWidth="1"/>
     <col min="2" max="3" width="26.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.85546875" style="5" customWidth="1"/>
     <col min="5" max="6" width="19.7109375" style="5" customWidth="1"/>
     <col min="7" max="7" width="30.85546875" style="5" customWidth="1"/>
     <col min="8" max="9" width="19.7109375" style="5" customWidth="1"/>
     <col min="10" max="10" width="28.140625" style="5" customWidth="1"/>
     <col min="11" max="11" width="26.85546875" style="5" customWidth="1"/>
     <col min="12" max="12" width="20.140625" style="5" customWidth="1"/>
     <col min="13" max="13" width="30.140625" style="5" customWidth="1"/>
     <col min="14" max="14" width="21.85546875" style="5" customWidth="1"/>
     <col min="15" max="15" width="26" style="5" customWidth="1"/>
     <col min="16" max="16" width="19.140625" style="5" customWidth="1"/>
     <col min="17" max="17" width="24.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="25.140625" style="5" customWidth="1"/>
     <col min="19" max="19" width="26.5703125" style="5" customWidth="1"/>
     <col min="20" max="20" width="17.5703125" style="5" customWidth="1"/>
     <col min="21" max="21" width="25.5703125" style="5" customWidth="1"/>
     <col min="22" max="22" width="20.5703125" style="5" customWidth="1"/>
     <col min="23" max="23" width="29.42578125" style="5" customWidth="1"/>
     <col min="24" max="24" width="11.85546875" style="5" customWidth="1"/>
     <col min="25" max="25" width="15.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="15.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="13.28515625" style="5" customWidth="1"/>
     <col min="29" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" s="6" customFormat="1" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="122"/>
-[...22 lines deleted...]
-      <c r="X1" s="123"/>
+      <c r="A1" s="103"/>
+      <c r="B1" s="103"/>
+      <c r="C1" s="103"/>
+      <c r="D1" s="103"/>
+      <c r="E1" s="103"/>
+      <c r="F1" s="103"/>
+      <c r="G1" s="103"/>
+      <c r="H1" s="103"/>
+      <c r="I1" s="103"/>
+      <c r="J1" s="103"/>
+      <c r="K1" s="104"/>
+      <c r="L1" s="104"/>
+      <c r="M1" s="104"/>
+      <c r="N1" s="104"/>
+      <c r="O1" s="104"/>
+      <c r="P1" s="104"/>
+      <c r="Q1" s="104"/>
+      <c r="R1" s="104"/>
+      <c r="S1" s="104"/>
+      <c r="T1" s="104"/>
+      <c r="U1" s="104"/>
+      <c r="V1" s="104"/>
+      <c r="W1" s="104"/>
+      <c r="X1" s="104"/>
     </row>
-    <row r="2" spans="1:30" s="6" customFormat="1" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-      <c r="X2" s="11"/>
+    <row r="2" spans="1:30" s="6" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="96" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="97"/>
+      <c r="D2" s="97"/>
+      <c r="E2" s="97"/>
+      <c r="F2" s="97"/>
+      <c r="G2" s="97"/>
+      <c r="H2" s="97"/>
+      <c r="I2" s="97"/>
+      <c r="J2" s="97"/>
+      <c r="K2" s="97"/>
+      <c r="L2" s="97"/>
+      <c r="M2" s="97"/>
+      <c r="N2" s="97"/>
+      <c r="O2" s="97"/>
+      <c r="P2" s="97"/>
+      <c r="Q2" s="97"/>
+      <c r="R2" s="97"/>
+      <c r="S2" s="97"/>
+      <c r="T2" s="97"/>
+      <c r="U2" s="97"/>
+      <c r="V2" s="97"/>
+      <c r="W2" s="97"/>
+      <c r="X2" s="97"/>
+      <c r="Y2" s="97"/>
+      <c r="Z2" s="97"/>
+      <c r="AA2" s="97"/>
+      <c r="AB2" s="97"/>
     </row>
-    <row r="3" spans="1:30" s="6" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-      <c r="X3" s="11"/>
+    <row r="3" spans="1:30" s="6" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="10"/>
+      <c r="B3" s="1"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+      <c r="O3" s="2"/>
+      <c r="P3" s="2"/>
+      <c r="Q3" s="2"/>
+      <c r="R3" s="2"/>
+      <c r="S3" s="2"/>
+      <c r="T3" s="2"/>
+      <c r="U3" s="2"/>
+      <c r="V3" s="2"/>
+      <c r="W3" s="2"/>
+      <c r="X3" s="2"/>
+      <c r="Y3" s="2"/>
+      <c r="Z3" s="2"/>
+      <c r="AA3" s="2"/>
+      <c r="AB3" s="2"/>
     </row>
-    <row r="4" spans="1:30" s="6" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="117" t="s">
+    <row r="4" spans="1:30" s="4" customFormat="1" ht="57" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87"/>
+      <c r="B4" s="105" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="105"/>
+      <c r="D4" s="105" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" s="105"/>
+      <c r="F4" s="105"/>
+      <c r="G4" s="105"/>
+      <c r="H4" s="105"/>
+      <c r="I4" s="105"/>
+      <c r="J4" s="105" t="s">
+        <v>2</v>
+      </c>
+      <c r="K4" s="105"/>
+      <c r="L4" s="98" t="s">
         <v>70</v>
       </c>
-      <c r="C4" s="117"/>
-[...24 lines deleted...]
-      <c r="AB4" s="117"/>
+      <c r="M4" s="99"/>
+      <c r="N4" s="99"/>
+      <c r="O4" s="100"/>
+      <c r="P4" s="106" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q4" s="107"/>
+      <c r="R4" s="107"/>
+      <c r="S4" s="107"/>
+      <c r="T4" s="107"/>
+      <c r="U4" s="107"/>
+      <c r="V4" s="107"/>
+      <c r="W4" s="108"/>
+      <c r="X4" s="106" t="s">
+        <v>13</v>
+      </c>
+      <c r="Y4" s="107"/>
+      <c r="Z4" s="107"/>
+      <c r="AA4" s="107"/>
+      <c r="AB4" s="108"/>
     </row>
-    <row r="5" spans="1:30" s="6" customFormat="1" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="AB5" s="2"/>
+    <row r="5" spans="1:30" s="89" customFormat="1" ht="105.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="127" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="101" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" s="101" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" s="111" t="s">
+        <v>67</v>
+      </c>
+      <c r="E5" s="109" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" s="110"/>
+      <c r="G5" s="109" t="s">
+        <v>57</v>
+      </c>
+      <c r="H5" s="112"/>
+      <c r="I5" s="110"/>
+      <c r="J5" s="101" t="s">
+        <v>3</v>
+      </c>
+      <c r="K5" s="101" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="101" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" s="101"/>
+      <c r="N5" s="101" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" s="101"/>
+      <c r="P5" s="121" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q5" s="122"/>
+      <c r="R5" s="121" t="s">
+        <v>71</v>
+      </c>
+      <c r="S5" s="117" t="s">
+        <v>56</v>
+      </c>
+      <c r="T5" s="115" t="s">
+        <v>55</v>
+      </c>
+      <c r="U5" s="125"/>
+      <c r="V5" s="115" t="s">
+        <v>65</v>
+      </c>
+      <c r="W5" s="119" t="s">
+        <v>66</v>
+      </c>
+      <c r="X5" s="129" t="s">
+        <v>8</v>
+      </c>
+      <c r="Y5" s="131" t="s">
+        <v>9</v>
+      </c>
+      <c r="Z5" s="131" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA5" s="131" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB5" s="113" t="s">
+        <v>12</v>
+      </c>
     </row>
-    <row r="6" spans="1:30" s="4" customFormat="1" ht="57" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B6" s="124" t="s">
+    <row r="6" spans="1:30" s="89" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="128"/>
+      <c r="B6" s="102"/>
+      <c r="C6" s="102"/>
+      <c r="D6" s="102"/>
+      <c r="E6" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="J6" s="102"/>
+      <c r="K6" s="102"/>
+      <c r="L6" s="102"/>
+      <c r="M6" s="102"/>
+      <c r="N6" s="102"/>
+      <c r="O6" s="102"/>
+      <c r="P6" s="123"/>
+      <c r="Q6" s="124"/>
+      <c r="R6" s="123"/>
+      <c r="S6" s="118"/>
+      <c r="T6" s="116"/>
+      <c r="U6" s="126"/>
+      <c r="V6" s="116"/>
+      <c r="W6" s="120"/>
+      <c r="X6" s="130"/>
+      <c r="Y6" s="132"/>
+      <c r="Z6" s="132"/>
+      <c r="AA6" s="132"/>
+      <c r="AB6" s="114"/>
+    </row>
+    <row r="7" spans="1:30" s="80" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="77" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" s="78" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="78" t="s">
+        <v>6</v>
+      </c>
+      <c r="D7" s="78" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" s="76" t="s">
+        <v>14</v>
+      </c>
+      <c r="K7" s="76" t="s">
+        <v>14</v>
+      </c>
+      <c r="L7" s="78" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" s="79" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" s="78" t="s">
+        <v>58</v>
+      </c>
+      <c r="O7" s="79" t="s">
+        <v>50</v>
+      </c>
+      <c r="P7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q7" s="79" t="s">
+        <v>52</v>
+      </c>
+      <c r="R7" s="79" t="s">
+        <v>53</v>
+      </c>
+      <c r="S7" s="78" t="s">
+        <v>64</v>
+      </c>
+      <c r="T7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="U7" s="79" t="s">
+        <v>52</v>
+      </c>
+      <c r="V7" s="79" t="s">
+        <v>53</v>
+      </c>
+      <c r="W7" s="78" t="s">
+        <v>64</v>
+      </c>
+      <c r="X7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="Y7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="Z7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA7" s="78" t="s">
+        <v>59</v>
+      </c>
+      <c r="AB7" s="78" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:30" s="11" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="88">
+        <v>45717</v>
+      </c>
+      <c r="B8" s="9">
+        <v>-1.9999999999999991</v>
+      </c>
+      <c r="C8" s="9">
+        <v>-6.0000000000000027</v>
+      </c>
+      <c r="D8" s="9">
+        <v>87</v>
+      </c>
+      <c r="E8" s="9">
+        <v>23</v>
+      </c>
+      <c r="F8" s="9">
+        <v>77</v>
+      </c>
+      <c r="G8" s="9">
+        <v>87</v>
+      </c>
+      <c r="H8" s="9">
+        <v>7</v>
+      </c>
+      <c r="I8" s="9">
+        <v>6</v>
+      </c>
+      <c r="J8" s="9">
+        <v>25</v>
+      </c>
+      <c r="K8" s="9">
+        <v>-3.9999999999999996</v>
+      </c>
+      <c r="L8" s="9">
+        <v>44</v>
+      </c>
+      <c r="M8" s="9">
+        <v>-41</v>
+      </c>
+      <c r="N8" s="9">
+        <v>36</v>
+      </c>
+      <c r="O8" s="9">
+        <v>-28</v>
+      </c>
+      <c r="P8" s="9">
+        <v>85</v>
+      </c>
+      <c r="Q8" s="9">
+        <v>-11</v>
+      </c>
+      <c r="R8" s="9">
+        <v>-11</v>
+      </c>
+      <c r="S8" s="9">
+        <v>35</v>
+      </c>
+      <c r="T8" s="9">
+        <v>15</v>
+      </c>
+      <c r="U8" s="9">
+        <v>22</v>
+      </c>
+      <c r="V8" s="9">
+        <v>22</v>
+      </c>
+      <c r="W8" s="9">
+        <v>22</v>
+      </c>
+      <c r="X8" s="9">
+        <v>21</v>
+      </c>
+      <c r="Y8" s="9">
+        <v>48</v>
+      </c>
+      <c r="Z8" s="9">
         <v>1</v>
       </c>
-      <c r="C6" s="124"/>
-[...28 lines deleted...]
-      <c r="X6" s="98" t="s">
+      <c r="AA8" s="9">
+        <v>14.000000000000002</v>
+      </c>
+      <c r="AB8" s="9">
+        <v>16</v>
+      </c>
+      <c r="AD8" s="75"/>
+    </row>
+    <row r="9" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="88">
+        <v>45748</v>
+      </c>
+      <c r="B9" s="9">
+        <v>1.6806722689075655</v>
+      </c>
+      <c r="C9" s="9">
+        <v>-10.084033613445381</v>
+      </c>
+      <c r="D9" s="9">
+        <v>90</v>
+      </c>
+      <c r="E9" s="9">
+        <v>25</v>
+      </c>
+      <c r="F9" s="9">
+        <v>75</v>
+      </c>
+      <c r="G9" s="9">
+        <v>80</v>
+      </c>
+      <c r="H9" s="9">
+        <v>7</v>
+      </c>
+      <c r="I9" s="9">
+        <v>14</v>
+      </c>
+      <c r="J9" s="9">
+        <v>23.684210526315791</v>
+      </c>
+      <c r="K9" s="9">
+        <v>2.6315789473684208</v>
+      </c>
+      <c r="L9" s="9">
+        <v>38</v>
+      </c>
+      <c r="M9" s="9">
+        <v>-40</v>
+      </c>
+      <c r="N9" s="9">
+        <v>41</v>
+      </c>
+      <c r="O9" s="9">
+        <v>-11</v>
+      </c>
+      <c r="P9" s="9">
+        <v>81</v>
+      </c>
+      <c r="Q9" s="9">
+        <v>-3</v>
+      </c>
+      <c r="R9" s="9">
+        <v>0</v>
+      </c>
+      <c r="S9" s="9">
+        <v>26</v>
+      </c>
+      <c r="T9" s="9">
+        <v>19</v>
+      </c>
+      <c r="U9" s="9">
+        <v>25</v>
+      </c>
+      <c r="V9" s="9">
+        <v>8</v>
+      </c>
+      <c r="W9" s="9">
+        <v>42</v>
+      </c>
+      <c r="X9" s="9">
+        <v>31.7</v>
+      </c>
+      <c r="Y9" s="9">
+        <v>37.5</v>
+      </c>
+      <c r="Z9" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="AA9" s="9">
+        <v>17.8</v>
+      </c>
+      <c r="AB9" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="AD9" s="75"/>
+    </row>
+    <row r="10" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="88">
+        <v>45778</v>
+      </c>
+      <c r="B10" s="91">
+        <v>-15.957446808510639</v>
+      </c>
+      <c r="C10" s="91">
+        <v>-11.702127659574469</v>
+      </c>
+      <c r="D10" s="91">
+        <v>85</v>
+      </c>
+      <c r="E10" s="91">
+        <v>14</v>
+      </c>
+      <c r="F10" s="91">
+        <v>86</v>
+      </c>
+      <c r="G10" s="91">
+        <v>77</v>
+      </c>
+      <c r="H10" s="91">
         <v>12</v>
       </c>
-      <c r="Y6" s="99"/>
-[...5 lines deleted...]
-      <c r="A7" s="151" t="s">
+      <c r="I10" s="91">
+        <v>11</v>
+      </c>
+      <c r="J10" s="91">
+        <v>25.555555555555554</v>
+      </c>
+      <c r="K10" s="91">
+        <v>-7.7777777777777777</v>
+      </c>
+      <c r="L10" s="91">
+        <v>39</v>
+      </c>
+      <c r="M10" s="91">
+        <v>-31</v>
+      </c>
+      <c r="N10" s="91">
+        <v>38</v>
+      </c>
+      <c r="O10" s="91">
+        <v>-6</v>
+      </c>
+      <c r="P10" s="91">
+        <v>76</v>
+      </c>
+      <c r="Q10" s="91">
         <v>0</v>
       </c>
-      <c r="B7" s="147" t="s">
-[...51 lines deleted...]
-      <c r="X7" s="94" t="s">
+      <c r="R10" s="91">
+        <v>-11</v>
+      </c>
+      <c r="S10" s="91">
+        <v>37</v>
+      </c>
+      <c r="T10" s="91">
+        <v>24</v>
+      </c>
+      <c r="U10" s="91">
         <v>7</v>
       </c>
-      <c r="Y7" s="96" t="s">
-[...160 lines deleted...]
-      <c r="H10" s="9">
+      <c r="V10" s="91">
+        <v>36</v>
+      </c>
+      <c r="W10" s="91">
         <v>7</v>
       </c>
-      <c r="I10" s="9">
-[...57 lines deleted...]
-        <v>16</v>
+      <c r="X10" s="91">
+        <v>31.6</v>
+      </c>
+      <c r="Y10" s="91">
+        <v>38.6</v>
+      </c>
+      <c r="Z10" s="91">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="AA10" s="91">
+        <v>19.3</v>
+      </c>
+      <c r="AB10" s="91">
+        <v>6.4</v>
       </c>
       <c r="AD10" s="75"/>
     </row>
     <row r="11" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="154">
-[...23 lines deleted...]
-      <c r="I11" s="9">
+      <c r="A11" s="90">
+        <v>45809</v>
+      </c>
+      <c r="B11" s="91">
+        <v>-19.767441860465112</v>
+      </c>
+      <c r="C11" s="91">
+        <v>-19.767441860465119</v>
+      </c>
+      <c r="D11" s="91">
+        <v>74</v>
+      </c>
+      <c r="E11" s="91">
         <v>14</v>
       </c>
-      <c r="J11" s="9">
-[...5 lines deleted...]
-      <c r="L11" s="9">
+      <c r="F11" s="91">
+        <v>86</v>
+      </c>
+      <c r="G11" s="91">
+        <v>84</v>
+      </c>
+      <c r="H11" s="91">
+        <v>8</v>
+      </c>
+      <c r="I11" s="91">
+        <v>8</v>
+      </c>
+      <c r="J11" s="91">
+        <v>27.1</v>
+      </c>
+      <c r="K11" s="91">
+        <v>-3.5</v>
+      </c>
+      <c r="L11" s="91">
         <v>38</v>
       </c>
-      <c r="M11" s="9">
-[...32 lines deleted...]
-      <c r="X11" s="9">
+      <c r="M11" s="91">
+        <v>-16</v>
+      </c>
+      <c r="N11" s="91">
+        <v>33</v>
+      </c>
+      <c r="O11" s="91">
+        <v>-4</v>
+      </c>
+      <c r="P11" s="91">
+        <v>82</v>
+      </c>
+      <c r="Q11" s="91">
+        <v>-7</v>
+      </c>
+      <c r="R11" s="91">
+        <v>-7</v>
+      </c>
+      <c r="S11" s="91">
+        <v>38</v>
+      </c>
+      <c r="T11" s="91">
+        <v>18</v>
+      </c>
+      <c r="U11" s="91">
+        <v>-30</v>
+      </c>
+      <c r="V11" s="91">
+        <v>30</v>
+      </c>
+      <c r="W11" s="91">
+        <v>30</v>
+      </c>
+      <c r="X11" s="91">
         <v>31.7</v>
       </c>
-      <c r="Y11" s="9">
-[...9 lines deleted...]
-        <v>7.2</v>
+      <c r="Y11" s="91">
+        <v>37.799999999999997</v>
+      </c>
+      <c r="Z11" s="91">
+        <v>5.5</v>
+      </c>
+      <c r="AA11" s="91">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="AB11" s="91">
+        <v>7.9</v>
       </c>
       <c r="AD11" s="75"/>
     </row>
     <row r="12" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="154">
-[...8 lines deleted...]
-      <c r="D12" s="88">
+      <c r="A12" s="90">
+        <v>45839</v>
+      </c>
+      <c r="B12" s="91">
+        <v>-12.631578947368421</v>
+      </c>
+      <c r="C12" s="91">
+        <v>10.526315789473687</v>
+      </c>
+      <c r="D12" s="91">
+        <v>82</v>
+      </c>
+      <c r="E12" s="91">
+        <v>24</v>
+      </c>
+      <c r="F12" s="91">
+        <v>76</v>
+      </c>
+      <c r="G12" s="91">
         <v>85</v>
       </c>
-      <c r="E12" s="88">
-[...23 lines deleted...]
-      <c r="M12" s="88">
+      <c r="H12" s="91">
+        <v>5</v>
+      </c>
+      <c r="I12" s="91">
+        <v>9</v>
+      </c>
+      <c r="J12" s="91">
+        <v>24.5</v>
+      </c>
+      <c r="K12" s="91">
+        <v>5.3</v>
+      </c>
+      <c r="L12" s="91">
+        <v>38</v>
+      </c>
+      <c r="M12" s="91">
         <v>-31</v>
       </c>
-      <c r="N12" s="88">
-[...8 lines deleted...]
-      <c r="Q12" s="88">
+      <c r="N12" s="91">
+        <v>40</v>
+      </c>
+      <c r="O12" s="91">
+        <v>-13</v>
+      </c>
+      <c r="P12" s="91">
+        <v>83</v>
+      </c>
+      <c r="Q12" s="91">
+        <v>10</v>
+      </c>
+      <c r="R12" s="91">
         <v>0</v>
       </c>
-      <c r="R12" s="88">
-[...30 lines deleted...]
-        <v>6.4</v>
+      <c r="S12" s="91">
+        <v>33</v>
+      </c>
+      <c r="T12" s="91">
+        <v>17</v>
+      </c>
+      <c r="U12" s="91">
+        <v>0</v>
+      </c>
+      <c r="V12" s="91">
+        <v>50</v>
+      </c>
+      <c r="W12" s="91">
+        <v>30</v>
+      </c>
+      <c r="X12" s="91">
+        <v>32.786885245901637</v>
+      </c>
+      <c r="Y12" s="91">
+        <v>36.065573770491802</v>
+      </c>
+      <c r="Z12" s="91">
+        <v>7.6502732240437163</v>
+      </c>
+      <c r="AA12" s="91">
+        <v>16.393442622950818</v>
+      </c>
+      <c r="AB12" s="91">
+        <v>7.1038251366120218</v>
       </c>
       <c r="AD12" s="75"/>
     </row>
     <row r="13" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="155">
-[...20 lines deleted...]
-      <c r="H13" s="88">
+      <c r="A13" s="90">
+        <v>45870</v>
+      </c>
+      <c r="B13" s="91">
+        <v>-11.538461538461538</v>
+      </c>
+      <c r="C13" s="91">
+        <v>5.4945054945054919</v>
+      </c>
+      <c r="D13" s="91">
+        <v>81</v>
+      </c>
+      <c r="E13" s="91">
+        <v>20</v>
+      </c>
+      <c r="F13" s="91">
+        <v>80</v>
+      </c>
+      <c r="G13" s="91">
+        <v>85</v>
+      </c>
+      <c r="H13" s="91">
+        <v>7</v>
+      </c>
+      <c r="I13" s="91">
         <v>8</v>
       </c>
-      <c r="I13" s="88">
+      <c r="J13" s="91">
+        <v>23.463687150837988</v>
+      </c>
+      <c r="K13" s="91">
+        <v>1.6759776536312845</v>
+      </c>
+      <c r="L13" s="91">
+        <v>42</v>
+      </c>
+      <c r="M13" s="91">
+        <v>-39</v>
+      </c>
+      <c r="N13" s="91">
+        <v>40</v>
+      </c>
+      <c r="O13" s="91">
+        <v>-21</v>
+      </c>
+      <c r="P13" s="91">
+        <v>80</v>
+      </c>
+      <c r="Q13" s="91">
+        <v>7</v>
+      </c>
+      <c r="R13" s="91">
         <v>8</v>
       </c>
-      <c r="J13" s="88">
-[...5 lines deleted...]
-      <c r="L13" s="88">
+      <c r="S13" s="91">
         <v>38</v>
       </c>
-      <c r="M13" s="88">
-[...26 lines deleted...]
-      <c r="V13" s="88">
+      <c r="T13" s="91">
+        <v>20</v>
+      </c>
+      <c r="U13" s="91">
+        <v>5</v>
+      </c>
+      <c r="V13" s="91">
+        <v>25</v>
+      </c>
+      <c r="W13" s="91">
         <v>30</v>
       </c>
-      <c r="W13" s="88">
-[...15 lines deleted...]
-        <v>7.9</v>
+      <c r="X13" s="91">
+        <v>32.700000000000003</v>
+      </c>
+      <c r="Y13" s="91">
+        <v>35.799999999999997</v>
+      </c>
+      <c r="Z13" s="91">
+        <v>7.2</v>
+      </c>
+      <c r="AA13" s="91">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="AB13" s="91">
+        <v>6.4</v>
       </c>
       <c r="AD13" s="75"/>
     </row>
     <row r="14" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="155">
-[...11 lines deleted...]
-      <c r="E14" s="88">
+      <c r="A14" s="90">
+        <v>45901</v>
+      </c>
+      <c r="B14" s="91">
+        <v>-10.344827586206899</v>
+      </c>
+      <c r="C14" s="91">
+        <v>0</v>
+      </c>
+      <c r="D14" s="91">
+        <v>79</v>
+      </c>
+      <c r="E14" s="91">
+        <v>17</v>
+      </c>
+      <c r="F14" s="91">
+        <v>83</v>
+      </c>
+      <c r="G14" s="91">
+        <v>85</v>
+      </c>
+      <c r="H14" s="91">
+        <v>9</v>
+      </c>
+      <c r="I14" s="91">
+        <v>6</v>
+      </c>
+      <c r="J14" s="91">
+        <v>22.352941176470591</v>
+      </c>
+      <c r="K14" s="91">
+        <v>-2.3529411764705883</v>
+      </c>
+      <c r="L14" s="91">
+        <v>45</v>
+      </c>
+      <c r="M14" s="91">
+        <v>-47</v>
+      </c>
+      <c r="N14" s="91">
+        <v>40</v>
+      </c>
+      <c r="O14" s="91">
+        <v>-29</v>
+      </c>
+      <c r="P14" s="91">
+        <v>76</v>
+      </c>
+      <c r="Q14" s="91">
+        <v>3</v>
+      </c>
+      <c r="R14" s="91">
+        <v>17</v>
+      </c>
+      <c r="S14" s="91">
+        <v>43</v>
+      </c>
+      <c r="T14" s="91">
         <v>24</v>
       </c>
-      <c r="F14" s="88">
-[...32 lines deleted...]
-      <c r="Q14" s="88">
+      <c r="U14" s="91">
         <v>10</v>
       </c>
-      <c r="R14" s="88">
+      <c r="V14" s="91">
         <v>0</v>
       </c>
-      <c r="S14" s="88">
-[...11 lines deleted...]
-      <c r="W14" s="88">
+      <c r="W14" s="91">
         <v>30</v>
       </c>
-      <c r="X14" s="88">
-[...12 lines deleted...]
-        <v>7.1038251366120218</v>
+      <c r="X14" s="91">
+        <v>32.5</v>
+      </c>
+      <c r="Y14" s="91">
+        <v>35.6</v>
+      </c>
+      <c r="Z14" s="91">
+        <v>6.7</v>
+      </c>
+      <c r="AA14" s="91">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="AB14" s="91">
+        <v>5.5</v>
       </c>
       <c r="AD14" s="75"/>
     </row>
     <row r="15" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="155">
-[...11 lines deleted...]
-      <c r="E15" s="88">
+      <c r="A15" s="90">
+        <v>45931</v>
+      </c>
+      <c r="B15" s="91">
+        <v>-10.5</v>
+      </c>
+      <c r="C15" s="91">
+        <v>7</v>
+      </c>
+      <c r="D15" s="91">
+        <v>86</v>
+      </c>
+      <c r="E15" s="91">
+        <v>17</v>
+      </c>
+      <c r="F15" s="91">
+        <v>83</v>
+      </c>
+      <c r="G15" s="91">
+        <v>88</v>
+      </c>
+      <c r="H15" s="91">
+        <v>9</v>
+      </c>
+      <c r="I15" s="91">
+        <v>2</v>
+      </c>
+      <c r="J15" s="91">
+        <v>27.9</v>
+      </c>
+      <c r="K15" s="91">
+        <v>-1.2</v>
+      </c>
+      <c r="L15" s="91">
+        <v>45</v>
+      </c>
+      <c r="M15" s="91">
+        <v>-23</v>
+      </c>
+      <c r="N15" s="91">
+        <v>35</v>
+      </c>
+      <c r="O15" s="91">
+        <v>-3</v>
+      </c>
+      <c r="P15" s="91">
+        <v>80</v>
+      </c>
+      <c r="Q15" s="91">
+        <v>-11</v>
+      </c>
+      <c r="R15" s="91">
+        <v>0</v>
+      </c>
+      <c r="S15" s="91">
+        <v>43</v>
+      </c>
+      <c r="T15" s="91">
         <v>20</v>
       </c>
-      <c r="F15" s="88">
-[...66 lines deleted...]
-        <v>6.4</v>
+      <c r="U15" s="91">
+        <v>46</v>
+      </c>
+      <c r="V15" s="91">
+        <v>-15</v>
+      </c>
+      <c r="W15" s="91">
+        <v>23</v>
+      </c>
+      <c r="X15" s="91">
+        <v>29.447852760736197</v>
+      </c>
+      <c r="Y15" s="91">
+        <v>37.423312883435585</v>
+      </c>
+      <c r="Z15" s="91">
+        <v>4.9079754601226995</v>
+      </c>
+      <c r="AA15" s="91">
+        <v>19.631901840490798</v>
+      </c>
+      <c r="AB15" s="91">
+        <v>8.5889570552147241</v>
       </c>
       <c r="AD15" s="75"/>
     </row>
     <row r="16" spans="1:30" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="155">
-[...5 lines deleted...]
-      <c r="C16" s="88">
+      <c r="A16" s="90">
+        <v>45962</v>
+      </c>
+      <c r="B16" s="91">
+        <v>-8.4745762711864394</v>
+      </c>
+      <c r="C16" s="91">
         <v>0</v>
       </c>
-      <c r="D16" s="88">
-[...53 lines deleted...]
-      <c r="V16" s="88">
+      <c r="D16" s="91">
+        <v>84.745762711864401</v>
+      </c>
+      <c r="E16" s="91">
+        <v>11.111111111111111</v>
+      </c>
+      <c r="F16" s="91">
+        <v>88.888888888888886</v>
+      </c>
+      <c r="G16" s="91">
+        <v>84.745762711864401</v>
+      </c>
+      <c r="H16" s="91">
+        <v>6.7796610169491522</v>
+      </c>
+      <c r="I16" s="91">
+        <v>8.4745762711864394</v>
+      </c>
+      <c r="J16" s="91">
+        <v>27.586206896551722</v>
+      </c>
+      <c r="K16" s="91">
+        <v>-3.4482758620689653</v>
+      </c>
+      <c r="L16" s="91">
+        <v>43.103448275862064</v>
+      </c>
+      <c r="M16" s="91">
+        <v>-40</v>
+      </c>
+      <c r="N16" s="91">
+        <v>41.379310344827587</v>
+      </c>
+      <c r="O16" s="91">
+        <v>-8.3333333333333321</v>
+      </c>
+      <c r="P16" s="91">
+        <v>87.931034482758619</v>
+      </c>
+      <c r="Q16" s="91">
+        <v>-28.571428571428569</v>
+      </c>
+      <c r="R16" s="91">
+        <v>9.5238095238095237</v>
+      </c>
+      <c r="S16" s="91">
+        <v>38.095238095238095</v>
+      </c>
+      <c r="T16" s="91">
+        <v>28.571428571428569</v>
+      </c>
+      <c r="U16" s="91">
+        <v>100</v>
+      </c>
+      <c r="V16" s="91">
+        <v>-50</v>
+      </c>
+      <c r="W16" s="91">
         <v>0</v>
       </c>
-      <c r="W16" s="88">
-[...15 lines deleted...]
-        <v>5.5</v>
+      <c r="X16" s="91">
+        <v>30.097087378640776</v>
+      </c>
+      <c r="Y16" s="91">
+        <v>37.864077669902912</v>
+      </c>
+      <c r="Z16" s="91">
+        <v>3.8834951456310676</v>
+      </c>
+      <c r="AA16" s="91">
+        <v>21.359223300970871</v>
+      </c>
+      <c r="AB16" s="91">
+        <v>6.7961165048543686</v>
       </c>
       <c r="AD16" s="75"/>
     </row>
     <row r="17" spans="1:34" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="155">
-[...50 lines deleted...]
-      <c r="R17" s="88">
+      <c r="A17" s="90">
+        <v>45992</v>
+      </c>
+      <c r="B17" s="91">
+        <v>-14.473684210526317</v>
+      </c>
+      <c r="C17" s="91">
         <v>0</v>
       </c>
-      <c r="S17" s="88">
-[...27 lines deleted...]
-        <v>8.5889570552147241</v>
+      <c r="D17" s="91">
+        <v>92.10526315789474</v>
+      </c>
+      <c r="E17" s="91">
+        <v>50</v>
+      </c>
+      <c r="F17" s="91">
+        <v>50</v>
+      </c>
+      <c r="G17" s="91">
+        <v>84.210526315789465</v>
+      </c>
+      <c r="H17" s="91">
+        <v>6.5789473684210522</v>
+      </c>
+      <c r="I17" s="91">
+        <v>9.2105263157894726</v>
+      </c>
+      <c r="J17" s="91">
+        <v>27.631578947368418</v>
+      </c>
+      <c r="K17" s="91">
+        <v>-2.6315789473684208</v>
+      </c>
+      <c r="L17" s="91">
+        <v>32.894736842105267</v>
+      </c>
+      <c r="M17" s="91">
+        <v>-36</v>
+      </c>
+      <c r="N17" s="91">
+        <v>35.526315789473685</v>
+      </c>
+      <c r="O17" s="91">
+        <v>-14.814814814814813</v>
+      </c>
+      <c r="P17" s="91">
+        <v>86.842105263157904</v>
+      </c>
+      <c r="Q17" s="91">
+        <v>12.5</v>
+      </c>
+      <c r="R17" s="91">
+        <v>18.75</v>
+      </c>
+      <c r="S17" s="91">
+        <v>28.125</v>
+      </c>
+      <c r="T17" s="91">
+        <v>30</v>
+      </c>
+      <c r="U17" s="91">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="V17" s="91">
+        <v>0</v>
+      </c>
+      <c r="W17" s="91">
+        <v>0</v>
+      </c>
+      <c r="X17" s="91">
+        <v>29.411764705882355</v>
+      </c>
+      <c r="Y17" s="91">
+        <v>38.970588235294116</v>
+      </c>
+      <c r="Z17" s="91">
+        <v>5.1470588235294112</v>
+      </c>
+      <c r="AA17" s="91">
+        <v>18.382352941176471</v>
+      </c>
+      <c r="AB17" s="91">
+        <v>8.0882352941176467</v>
       </c>
       <c r="AD17" s="75"/>
     </row>
-    <row r="18" spans="1:34" s="11" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-[...57 lines deleted...]
-      <c r="T18" s="88">
+    <row r="18" spans="1:34" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="90">
+        <v>46023</v>
+      </c>
+      <c r="B18" s="91">
+        <v>13.33333333333333</v>
+      </c>
+      <c r="C18" s="91">
+        <v>20</v>
+      </c>
+      <c r="D18" s="91">
+        <v>85.714285714285708</v>
+      </c>
+      <c r="E18" s="91">
+        <v>46.666666666666664</v>
+      </c>
+      <c r="F18" s="91">
+        <v>53.333333333333336</v>
+      </c>
+      <c r="G18" s="91">
+        <v>82.857142857142861</v>
+      </c>
+      <c r="H18" s="91">
+        <v>6.666666666666667</v>
+      </c>
+      <c r="I18" s="91">
+        <v>10.476190476190476</v>
+      </c>
+      <c r="J18" s="91">
+        <v>13.333333333333336</v>
+      </c>
+      <c r="K18" s="91">
+        <v>-0.95238095238095322</v>
+      </c>
+      <c r="L18" s="91">
+        <v>40.952380952380949</v>
+      </c>
+      <c r="M18" s="91">
+        <v>-20.930232558139533</v>
+      </c>
+      <c r="N18" s="91">
+        <v>39.047619047619051</v>
+      </c>
+      <c r="O18" s="91">
+        <v>-29.268292682926827</v>
+      </c>
+      <c r="P18" s="91">
+        <v>80</v>
+      </c>
+      <c r="Q18" s="91">
+        <v>20</v>
+      </c>
+      <c r="R18" s="95">
+        <v>21.428571428571427</v>
+      </c>
+      <c r="S18" s="95">
         <v>28.571428571428569</v>
       </c>
-      <c r="U18" s="88">
-[...23 lines deleted...]
-      <c r="AD18" s="75"/>
+      <c r="T18" s="91">
+        <v>20</v>
+      </c>
+      <c r="U18" s="91">
+        <v>37.5</v>
+      </c>
+      <c r="V18" s="91">
+        <v>-25</v>
+      </c>
+      <c r="W18" s="91">
+        <v>37.5</v>
+      </c>
+      <c r="X18" s="91">
+        <v>30.845771144278604</v>
+      </c>
+      <c r="Y18" s="91">
+        <v>38.308457711442784</v>
+      </c>
+      <c r="Z18" s="91">
+        <v>4.9751243781094532</v>
+      </c>
+      <c r="AA18" s="91">
+        <v>19.900497512437813</v>
+      </c>
+      <c r="AB18" s="91">
+        <v>5.9701492537313428</v>
+      </c>
     </row>
     <row r="19" spans="1:34" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="155">
-[...5 lines deleted...]
-      <c r="C19" s="88">
+      <c r="A19" s="90">
+        <v>46054</v>
+      </c>
+      <c r="B19" s="91">
+        <v>3.8834951456310689</v>
+      </c>
+      <c r="C19" s="91">
         <v>0</v>
       </c>
-      <c r="D19" s="88">
-[...72 lines deleted...]
-        <v>8.0882352941176467</v>
+      <c r="D19" s="91">
+        <v>86.40776699029125</v>
+      </c>
+      <c r="E19" s="91">
+        <v>28.571428571428569</v>
+      </c>
+      <c r="F19" s="91">
+        <v>71.428571428571416</v>
+      </c>
+      <c r="G19" s="91">
+        <v>85.294117647058826</v>
+      </c>
+      <c r="H19" s="91">
+        <v>7.8431372549019605</v>
+      </c>
+      <c r="I19" s="91">
+        <v>6.8627450980392162</v>
+      </c>
+      <c r="J19" s="91">
+        <v>22.772277227722775</v>
+      </c>
+      <c r="K19" s="91">
+        <v>-1.9801980198019806</v>
+      </c>
+      <c r="L19" s="91">
+        <v>32.673267326732677</v>
+      </c>
+      <c r="M19" s="91">
+        <v>-42.424242424242422</v>
+      </c>
+      <c r="N19" s="91">
+        <v>34.653465346534652</v>
+      </c>
+      <c r="O19" s="91">
+        <v>-19.999999999999996</v>
+      </c>
+      <c r="P19" s="91">
+        <v>80.198019801980209</v>
+      </c>
+      <c r="Q19" s="91">
+        <v>19.801980198019802</v>
+      </c>
+      <c r="R19" s="95">
+        <v>27.027027027027028</v>
+      </c>
+      <c r="S19" s="95">
+        <v>45.945945945945951</v>
+      </c>
+      <c r="T19" s="91">
+        <v>19.801980198019802</v>
+      </c>
+      <c r="U19" s="91">
+        <v>16.666666666666664</v>
+      </c>
+      <c r="V19" s="91">
+        <v>-50</v>
+      </c>
+      <c r="W19" s="91">
+        <v>16.666666666666664</v>
+      </c>
+      <c r="X19" s="91">
+        <v>30.810810810810814</v>
+      </c>
+      <c r="Y19" s="91">
+        <v>40</v>
+      </c>
+      <c r="Z19" s="91">
+        <v>3.7837837837837842</v>
+      </c>
+      <c r="AA19" s="91">
+        <v>18.378378378378379</v>
+      </c>
+      <c r="AB19" s="91">
+        <v>7.0270270270270272</v>
       </c>
     </row>
-    <row r="20" spans="1:34" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-[...112 lines deleted...]
-      <c r="AH27" s="118"/>
+    <row r="26" spans="1:34" ht="20.25" x14ac:dyDescent="0.2">
+      <c r="H26" s="96"/>
+      <c r="I26" s="97"/>
+      <c r="J26" s="97"/>
+      <c r="K26" s="97"/>
+      <c r="L26" s="97"/>
+      <c r="M26" s="97"/>
+      <c r="N26" s="97"/>
+      <c r="O26" s="97"/>
+      <c r="P26" s="97"/>
+      <c r="Q26" s="97"/>
+      <c r="R26" s="97"/>
+      <c r="S26" s="97"/>
+      <c r="T26" s="97"/>
+      <c r="U26" s="97"/>
+      <c r="V26" s="97"/>
+      <c r="W26" s="97"/>
+      <c r="X26" s="97"/>
+      <c r="Y26" s="97"/>
+      <c r="Z26" s="97"/>
+      <c r="AA26" s="97"/>
+      <c r="AB26" s="97"/>
+      <c r="AC26" s="97"/>
+      <c r="AD26" s="97"/>
+      <c r="AE26" s="97"/>
+      <c r="AF26" s="97"/>
+      <c r="AG26" s="97"/>
+      <c r="AH26" s="97"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0"/>
   <mergeCells count="31">
-    <mergeCell ref="H27:AH27"/>
-[...2 lines deleted...]
-    <mergeCell ref="N7:O8"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="P4:W4"/>
+    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="P5:Q6"/>
+    <mergeCell ref="T5:U6"/>
+    <mergeCell ref="R5:R6"/>
+    <mergeCell ref="H26:AH26"/>
+    <mergeCell ref="L4:O4"/>
+    <mergeCell ref="L5:M6"/>
+    <mergeCell ref="N5:O6"/>
     <mergeCell ref="A1:J1"/>
-    <mergeCell ref="B4:AB4"/>
+    <mergeCell ref="B2:AB2"/>
     <mergeCell ref="K1:X1"/>
-    <mergeCell ref="B6:C6"/>
-[...22 lines deleted...]
-    <mergeCell ref="AA7:AA8"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="X4:AB4"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="D4:I4"/>
+    <mergeCell ref="G5:I5"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="K5:K6"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="2" tint="-0.499984740745262"/>
   </sheetPr>
   <dimension ref="A1:AH256"/>
   <sheetViews>
-    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B2" sqref="B2:S2"/>
+    <sheetView zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A215" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="J235" sqref="J235"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.7109375" style="7" customWidth="1"/>
     <col min="2" max="4" width="13" style="5" customWidth="1"/>
     <col min="5" max="6" width="12.28515625" style="5" customWidth="1"/>
     <col min="7" max="8" width="13.140625" style="5" customWidth="1"/>
     <col min="9" max="10" width="11.85546875" style="5" customWidth="1"/>
     <col min="11" max="11" width="14.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="13.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="12.42578125" style="5" customWidth="1"/>
     <col min="14" max="14" width="14.5703125" style="5" customWidth="1"/>
     <col min="15" max="15" width="13.7109375" style="5" customWidth="1"/>
     <col min="16" max="18" width="12.85546875" style="5" customWidth="1"/>
     <col min="19" max="19" width="12.5703125" style="5" customWidth="1"/>
     <col min="20" max="22" width="12.85546875" style="5" customWidth="1"/>
     <col min="23" max="23" width="15.85546875" style="5" customWidth="1"/>
     <col min="24" max="24" width="15.5703125" style="5" customWidth="1"/>
     <col min="25" max="25" width="19.42578125" style="5" customWidth="1"/>
     <col min="26" max="27" width="14.42578125" style="5" customWidth="1"/>
     <col min="28" max="29" width="14.5703125" style="5" customWidth="1"/>
     <col min="30" max="34" width="14.42578125" style="5" customWidth="1"/>
     <col min="35" max="256" width="9.140625" style="4"/>
     <col min="257" max="257" width="14.7109375" style="4" customWidth="1"/>
@@ -10499,327 +10336,327 @@
     <col min="15896" max="15897" width="13.7109375" style="4" customWidth="1"/>
     <col min="15898" max="15899" width="14.42578125" style="4" customWidth="1"/>
     <col min="15900" max="15901" width="14.5703125" style="4" customWidth="1"/>
     <col min="15902" max="15906" width="14.42578125" style="4" customWidth="1"/>
     <col min="15907" max="16128" width="9.140625" style="4"/>
     <col min="16129" max="16129" width="14.7109375" style="4" customWidth="1"/>
     <col min="16130" max="16132" width="13" style="4" customWidth="1"/>
     <col min="16133" max="16134" width="12.28515625" style="4" customWidth="1"/>
     <col min="16135" max="16136" width="13.140625" style="4" customWidth="1"/>
     <col min="16137" max="16138" width="11.85546875" style="4" customWidth="1"/>
     <col min="16139" max="16139" width="14.140625" style="4" customWidth="1"/>
     <col min="16140" max="16141" width="12.42578125" style="4" customWidth="1"/>
     <col min="16142" max="16142" width="14.5703125" style="4" customWidth="1"/>
     <col min="16143" max="16143" width="12.42578125" style="4" customWidth="1"/>
     <col min="16144" max="16146" width="12.85546875" style="4" customWidth="1"/>
     <col min="16147" max="16147" width="12.5703125" style="4" customWidth="1"/>
     <col min="16148" max="16151" width="12.85546875" style="4" customWidth="1"/>
     <col min="16152" max="16153" width="13.7109375" style="4" customWidth="1"/>
     <col min="16154" max="16155" width="14.42578125" style="4" customWidth="1"/>
     <col min="16156" max="16157" width="14.5703125" style="4" customWidth="1"/>
     <col min="16158" max="16162" width="14.42578125" style="4" customWidth="1"/>
     <col min="16163" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" s="6" customFormat="1" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="122"/>
-[...8 lines deleted...]
-      <c r="J1" s="123"/>
+      <c r="A1" s="103"/>
+      <c r="B1" s="103"/>
+      <c r="C1" s="103"/>
+      <c r="D1" s="103"/>
+      <c r="E1" s="103"/>
+      <c r="F1" s="147"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="104"/>
+      <c r="I1" s="104"/>
+      <c r="J1" s="104"/>
     </row>
     <row r="2" spans="1:34" s="6" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="117" t="s">
-[...18 lines deleted...]
-      <c r="S2" s="118"/>
+      <c r="B2" s="96" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="97"/>
+      <c r="D2" s="97"/>
+      <c r="E2" s="97"/>
+      <c r="F2" s="97"/>
+      <c r="G2" s="97"/>
+      <c r="H2" s="97"/>
+      <c r="I2" s="97"/>
+      <c r="J2" s="97"/>
+      <c r="K2" s="97"/>
+      <c r="L2" s="97"/>
+      <c r="M2" s="97"/>
+      <c r="N2" s="97"/>
+      <c r="O2" s="97"/>
+      <c r="P2" s="97"/>
+      <c r="Q2" s="97"/>
+      <c r="R2" s="97"/>
+      <c r="S2" s="97"/>
     </row>
     <row r="3" spans="1:34" s="6" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="1"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
     </row>
     <row r="4" spans="1:34" ht="89.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="135" t="s">
+      <c r="A4" s="149" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="132" t="s">
-[...4 lines deleted...]
-      <c r="E4" s="132" t="s">
+      <c r="B4" s="140" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="133"/>
-[...5 lines deleted...]
-      <c r="J4" s="132" t="s">
+      <c r="C4" s="148"/>
+      <c r="D4" s="141"/>
+      <c r="E4" s="140" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" s="148"/>
+      <c r="G4" s="141"/>
+      <c r="H4" s="140" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" s="141"/>
+      <c r="J4" s="140" t="s">
+        <v>27</v>
+      </c>
+      <c r="K4" s="148"/>
+      <c r="L4" s="141"/>
+      <c r="M4" s="140" t="s">
         <v>26</v>
       </c>
-      <c r="K4" s="133"/>
-[...11 lines deleted...]
-      <c r="S4" s="132" t="s">
+      <c r="N4" s="148"/>
+      <c r="O4" s="141"/>
+      <c r="P4" s="140" t="s">
         <v>28</v>
       </c>
-      <c r="T4" s="133"/>
-[...5 lines deleted...]
-      <c r="X4" s="132" t="s">
+      <c r="Q4" s="148"/>
+      <c r="R4" s="141"/>
+      <c r="S4" s="140" t="s">
+        <v>29</v>
+      </c>
+      <c r="T4" s="148"/>
+      <c r="U4" s="141"/>
+      <c r="V4" s="140" t="s">
+        <v>37</v>
+      </c>
+      <c r="W4" s="141"/>
+      <c r="X4" s="140" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y4" s="141"/>
+      <c r="Z4" s="140" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA4" s="141"/>
+      <c r="AB4" s="140" t="s">
         <v>36</v>
       </c>
-      <c r="Y4" s="134"/>
-[...4 lines deleted...]
-      <c r="AB4" s="132" t="s">
+      <c r="AC4" s="141"/>
+      <c r="AD4" s="86" t="s">
+        <v>33</v>
+      </c>
+      <c r="AE4" s="86" t="s">
+        <v>60</v>
+      </c>
+      <c r="AF4" s="86" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG4" s="86" t="s">
+        <v>62</v>
+      </c>
+      <c r="AH4" s="86" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5" spans="1:34" s="92" customFormat="1" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="149"/>
+      <c r="B5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="136"/>
+      <c r="D5" s="137"/>
+      <c r="E5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" s="136"/>
+      <c r="G5" s="137"/>
+      <c r="H5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="I5" s="137"/>
+      <c r="J5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="K5" s="136"/>
+      <c r="L5" s="137"/>
+      <c r="M5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="N5" s="136"/>
+      <c r="O5" s="137"/>
+      <c r="P5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q5" s="136"/>
+      <c r="R5" s="137"/>
+      <c r="S5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="T5" s="136"/>
+      <c r="U5" s="137"/>
+      <c r="V5" s="144" t="s">
+        <v>31</v>
+      </c>
+      <c r="W5" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="X5" s="144" t="s">
+        <v>31</v>
+      </c>
+      <c r="Y5" s="138" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z5" s="135" t="s">
+        <v>30</v>
+      </c>
+      <c r="AA5" s="142"/>
+      <c r="AB5" s="143" t="s">
+        <v>30</v>
+      </c>
+      <c r="AC5" s="142"/>
+      <c r="AD5" s="138" t="s">
         <v>34</v>
       </c>
-      <c r="AC4" s="134"/>
-      <c r="AD4" s="85" t="s">
+      <c r="AE5" s="133" t="s">
         <v>32</v>
       </c>
-      <c r="AE4" s="85" t="s">
-[...81 lines deleted...]
-        <v>31</v>
+      <c r="AF5" s="133" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG5" s="133" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH5" s="133" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:34" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="136"/>
+      <c r="A6" s="150"/>
       <c r="B6" s="71" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" s="72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="73" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="73" t="s">
+      <c r="F6" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="E6" s="71" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="72" t="s">
+      <c r="G6" s="73" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="73" t="s">
+      <c r="I6" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="H6" s="71" t="s">
-[...2 lines deleted...]
-      <c r="I6" s="72" t="s">
+      <c r="J6" s="71" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" s="74" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="M6" s="71" t="s">
+        <v>22</v>
+      </c>
+      <c r="N6" s="74" t="s">
+        <v>23</v>
+      </c>
+      <c r="O6" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="P6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="J6" s="71" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="Q6" s="72" t="s">
+        <v>18</v>
+      </c>
+      <c r="R6" s="73" t="s">
+        <v>19</v>
+      </c>
+      <c r="S6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="R6" s="73" t="s">
+      <c r="T6" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="S6" s="71" t="s">
-[...2 lines deleted...]
-      <c r="T6" s="72" t="s">
+      <c r="U6" s="73" t="s">
+        <v>19</v>
+      </c>
+      <c r="V6" s="145"/>
+      <c r="W6" s="146"/>
+      <c r="X6" s="145"/>
+      <c r="Y6" s="146"/>
+      <c r="Z6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="U6" s="73" t="s">
+      <c r="AA6" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="V6" s="141"/>
-[...6 lines deleted...]
-      <c r="AA6" s="72" t="s">
+      <c r="AB6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="AB6" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC6" s="72" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-      <c r="AH6" s="145"/>
+        <v>18</v>
+      </c>
+      <c r="AD6" s="139"/>
+      <c r="AE6" s="134"/>
+      <c r="AF6" s="134"/>
+      <c r="AG6" s="134"/>
+      <c r="AH6" s="134"/>
     </row>
     <row r="7" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A7" s="12">
         <v>38412</v>
       </c>
       <c r="B7" s="15">
         <v>19.690000000000001</v>
       </c>
       <c r="C7" s="13">
         <v>17.807475</v>
       </c>
       <c r="D7" s="14">
         <v>15.586655093482829</v>
       </c>
       <c r="E7" s="15">
         <v>10.38</v>
       </c>
       <c r="F7" s="13">
         <v>12.099482999999999</v>
       </c>
       <c r="G7" s="14">
         <v>11.903596711908285</v>
       </c>
       <c r="H7" s="15"/>
       <c r="I7" s="14"/>
@@ -16729,51 +16566,51 @@
       <c r="S99" s="15"/>
       <c r="T99" s="13"/>
       <c r="U99" s="14"/>
       <c r="V99" s="16"/>
       <c r="W99" s="14"/>
       <c r="X99" s="15"/>
       <c r="Y99" s="19"/>
       <c r="Z99" s="15">
         <v>25.11</v>
       </c>
       <c r="AA99" s="14">
         <v>22.9226504361629</v>
       </c>
       <c r="AB99" s="35">
         <v>-19.059999999999999</v>
       </c>
       <c r="AC99" s="14">
         <v>-16.927137397006302</v>
       </c>
       <c r="AD99" s="28"/>
       <c r="AE99" s="16"/>
       <c r="AF99" s="13"/>
       <c r="AG99" s="16"/>
       <c r="AH99" s="16"/>
     </row>
-    <row r="100" spans="1:34" s="90" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:34" s="93" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A100" s="12">
         <v>41244</v>
       </c>
       <c r="B100" s="22">
         <v>-7.38</v>
       </c>
       <c r="C100" s="13">
         <v>-7.0221741</v>
       </c>
       <c r="D100" s="14">
         <v>-5.8334197504187593</v>
       </c>
       <c r="E100" s="15">
         <v>14.4</v>
       </c>
       <c r="F100" s="13">
         <v>2.2183342000000001</v>
       </c>
       <c r="G100" s="14">
         <v>-4.9755656066262857</v>
       </c>
       <c r="H100" s="22">
         <v>0.3</v>
       </c>
       <c r="I100" s="23">
@@ -16791,51 +16628,51 @@
       <c r="M100" s="24">
         <v>0.76</v>
       </c>
       <c r="N100" s="27">
         <v>0.19</v>
       </c>
       <c r="O100" s="25">
         <v>0.05</v>
       </c>
       <c r="P100" s="22">
         <v>26.51</v>
       </c>
       <c r="Q100" s="5">
         <v>26.236252</v>
       </c>
       <c r="R100" s="14">
         <v>26.34702812729611</v>
       </c>
       <c r="S100" s="22">
         <v>-3.21</v>
       </c>
       <c r="T100" s="28">
         <v>-2.97852022840683</v>
       </c>
       <c r="U100" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V100" s="30">
         <v>30</v>
       </c>
       <c r="W100" s="29">
         <v>-20.5</v>
       </c>
       <c r="X100" s="22">
         <v>35.9</v>
       </c>
       <c r="Y100" s="31">
         <v>-2.9</v>
       </c>
       <c r="Z100" s="22">
         <v>24.72</v>
       </c>
       <c r="AA100" s="14">
         <v>20.3514010796032</v>
       </c>
       <c r="AB100" s="35">
         <v>-19.34</v>
       </c>
       <c r="AC100" s="14">
         <v>-17.595374358000701</v>
       </c>
@@ -16895,51 +16732,51 @@
       <c r="M101" s="24">
         <v>0.82</v>
       </c>
       <c r="N101" s="27">
         <v>0.09</v>
       </c>
       <c r="O101" s="25">
         <v>0.09</v>
       </c>
       <c r="P101" s="33">
         <v>16.829999999999998</v>
       </c>
       <c r="Q101" s="5">
         <v>23.466906999999999</v>
       </c>
       <c r="R101" s="14">
         <v>24.902032561740985</v>
       </c>
       <c r="S101" s="33">
         <v>-0.3</v>
       </c>
       <c r="T101" s="28">
         <v>-2.2922829613478002</v>
       </c>
       <c r="U101" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V101" s="35">
         <v>34.9</v>
       </c>
       <c r="W101" s="36">
         <v>-22.7</v>
       </c>
       <c r="X101" s="33">
         <v>41.1</v>
       </c>
       <c r="Y101" s="36">
         <v>-1.3</v>
       </c>
       <c r="Z101" s="33">
         <v>21.83</v>
       </c>
       <c r="AA101" s="14">
         <v>19.119357053485501</v>
       </c>
       <c r="AB101" s="35">
         <v>-14.59</v>
       </c>
       <c r="AC101" s="14">
         <v>-13.5039354444972</v>
       </c>
@@ -16999,51 +16836,51 @@
       <c r="M102" s="24">
         <v>0.5</v>
       </c>
       <c r="N102" s="38">
         <v>0.17</v>
       </c>
       <c r="O102" s="38">
         <v>0.33</v>
       </c>
       <c r="P102" s="33">
         <v>23.11</v>
       </c>
       <c r="Q102" s="5">
         <v>24.636816</v>
       </c>
       <c r="R102" s="14">
         <v>23.65715097020836</v>
       </c>
       <c r="S102" s="33">
         <v>-0.67</v>
       </c>
       <c r="T102" s="28">
         <v>1.44970124159689</v>
       </c>
       <c r="U102" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V102" s="35">
         <v>35.1</v>
       </c>
       <c r="W102" s="39">
         <v>-15.6</v>
       </c>
       <c r="X102" s="33">
         <v>43.3</v>
       </c>
       <c r="Y102" s="37">
         <v>-8</v>
       </c>
       <c r="Z102" s="33">
         <v>18.510000000000002</v>
       </c>
       <c r="AA102" s="14">
         <v>17.2018630820128</v>
       </c>
       <c r="AB102" s="35">
         <v>-15.85</v>
       </c>
       <c r="AC102" s="14">
         <v>-15.9840956399748</v>
       </c>
@@ -17103,51 +16940,51 @@
       <c r="M103" s="42">
         <v>0.621</v>
       </c>
       <c r="N103" s="38">
         <v>0.24099999999999999</v>
       </c>
       <c r="O103" s="26">
         <v>0.13800000000000001</v>
       </c>
       <c r="P103" s="33">
         <v>20.41</v>
       </c>
       <c r="Q103" s="5">
         <v>20.640681000000001</v>
       </c>
       <c r="R103" s="14">
         <v>22.661983710698813</v>
       </c>
       <c r="S103" s="33">
         <v>1.72</v>
       </c>
       <c r="T103" s="28">
         <v>4.10582732972762</v>
       </c>
       <c r="U103" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V103" s="37">
         <v>31.7</v>
       </c>
       <c r="W103" s="39">
         <v>-13.4</v>
       </c>
       <c r="X103" s="33">
         <v>40.1</v>
       </c>
       <c r="Y103" s="36">
         <v>-1.4</v>
       </c>
       <c r="Z103" s="33">
         <v>15.1</v>
       </c>
       <c r="AA103" s="14">
         <v>16.592281680289499</v>
       </c>
       <c r="AB103" s="35">
         <v>-14.61</v>
       </c>
       <c r="AC103" s="14">
         <v>-13.4898908557696</v>
       </c>
@@ -17207,51 +17044,51 @@
       <c r="M104" s="24">
         <v>0.66700000000000004</v>
       </c>
       <c r="N104" s="38">
         <v>0.13900000000000001</v>
       </c>
       <c r="O104" s="38">
         <v>0.19400000000000001</v>
       </c>
       <c r="P104" s="33">
         <v>22.32</v>
       </c>
       <c r="Q104" s="5">
         <v>22.239055</v>
       </c>
       <c r="R104" s="14">
         <v>22.036610639759083</v>
       </c>
       <c r="S104" s="33">
         <v>-2.6</v>
       </c>
       <c r="T104" s="28">
         <v>-0.82635467867034795</v>
       </c>
       <c r="U104" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V104" s="35">
         <v>25.7</v>
       </c>
       <c r="W104" s="39">
         <v>-11.8</v>
       </c>
       <c r="X104" s="33">
         <v>41.8</v>
       </c>
       <c r="Y104" s="37">
         <v>-6.9</v>
       </c>
       <c r="Z104" s="33">
         <v>14.42</v>
       </c>
       <c r="AA104" s="14">
         <v>16.675238202105302</v>
       </c>
       <c r="AB104" s="35">
         <v>-12.56</v>
       </c>
       <c r="AC104" s="14">
         <v>-13.8697635077834</v>
       </c>
@@ -17311,51 +17148,51 @@
       <c r="M105" s="24">
         <v>0.71399999999999997</v>
       </c>
       <c r="N105" s="38">
         <v>0.1429</v>
       </c>
       <c r="O105" s="38">
         <v>0.1429</v>
       </c>
       <c r="P105" s="33">
         <v>17.22</v>
       </c>
       <c r="Q105" s="5">
         <v>19.033508000000001</v>
       </c>
       <c r="R105" s="14">
         <v>21.755694152734566</v>
       </c>
       <c r="S105" s="33">
         <v>-4.29</v>
       </c>
       <c r="T105" s="28">
         <v>-1.04419397503135</v>
       </c>
       <c r="U105" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V105" s="35">
         <v>31.06</v>
       </c>
       <c r="W105" s="39">
         <v>-6.8</v>
       </c>
       <c r="X105" s="33">
         <v>35.5</v>
       </c>
       <c r="Y105" s="37">
         <v>-2.4</v>
       </c>
       <c r="Z105" s="33">
         <v>10.45</v>
       </c>
       <c r="AA105" s="14">
         <v>12.8214653795447</v>
       </c>
       <c r="AB105" s="35">
         <v>-11.95</v>
       </c>
       <c r="AC105" s="14">
         <v>-13.6102286015406</v>
       </c>
@@ -17415,51 +17252,51 @@
       <c r="M106" s="24">
         <v>0.69230769230769229</v>
       </c>
       <c r="N106" s="38">
         <v>0.15384615384615385</v>
       </c>
       <c r="O106" s="38">
         <v>0.15384615384615385</v>
       </c>
       <c r="P106" s="33">
         <v>22.71</v>
       </c>
       <c r="Q106" s="5">
         <v>21.458617</v>
       </c>
       <c r="R106" s="14">
         <v>21.808460987434053</v>
       </c>
       <c r="S106" s="33">
         <v>0.85</v>
       </c>
       <c r="T106" s="28">
         <v>0.95090674375616702</v>
       </c>
       <c r="U106" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V106" s="35">
         <v>31.37</v>
       </c>
       <c r="W106" s="39">
         <v>-9.8000000000000007</v>
       </c>
       <c r="X106" s="33">
         <v>38.200000000000003</v>
       </c>
       <c r="Y106" s="37">
         <v>-3.8</v>
       </c>
       <c r="Z106" s="33">
         <v>4.09</v>
       </c>
       <c r="AA106" s="14">
         <v>7.4142916048974303</v>
       </c>
       <c r="AB106" s="35">
         <v>-11.54</v>
       </c>
       <c r="AC106" s="14">
         <v>-13.0355568906239</v>
       </c>
@@ -17519,51 +17356,51 @@
       <c r="M107" s="24">
         <v>0.56666666666666665</v>
       </c>
       <c r="N107" s="38">
         <v>0.2</v>
       </c>
       <c r="O107" s="38">
         <v>0.23333333333333334</v>
       </c>
       <c r="P107" s="33">
         <v>27.64</v>
       </c>
       <c r="Q107" s="5">
         <v>25.901242</v>
       </c>
       <c r="R107" s="14">
         <v>21.988297151253761</v>
       </c>
       <c r="S107" s="33">
         <v>1.36</v>
       </c>
       <c r="T107" s="28">
         <v>1.2035469327289301</v>
       </c>
       <c r="U107" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V107" s="35">
         <v>30.87</v>
       </c>
       <c r="W107" s="39">
         <v>-12.1</v>
       </c>
       <c r="X107" s="33">
         <v>37.6</v>
       </c>
       <c r="Y107" s="37">
         <v>-0.7</v>
       </c>
       <c r="Z107" s="33">
         <v>9.34</v>
       </c>
       <c r="AA107" s="14">
         <v>9.7087058223068592</v>
       </c>
       <c r="AB107" s="35">
         <v>-12.84</v>
       </c>
       <c r="AC107" s="14">
         <v>-14.054440357888501</v>
       </c>
@@ -17623,51 +17460,51 @@
       <c r="M108" s="24">
         <v>0.6</v>
       </c>
       <c r="N108" s="38">
         <v>0.17499999999999999</v>
       </c>
       <c r="O108" s="38">
         <v>0.22500000000000001</v>
       </c>
       <c r="P108" s="33">
         <v>24.29</v>
       </c>
       <c r="Q108" s="5">
         <v>22.495367000000002</v>
       </c>
       <c r="R108" s="14">
         <v>22.0634200194004</v>
       </c>
       <c r="S108" s="33">
         <v>1.74</v>
       </c>
       <c r="T108" s="28">
         <v>-0.40917187281591799</v>
       </c>
       <c r="U108" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V108" s="35">
         <v>28.2</v>
       </c>
       <c r="W108" s="39">
         <v>-11.6</v>
       </c>
       <c r="X108" s="33">
         <v>35.200000000000003</v>
       </c>
       <c r="Y108" s="37">
         <v>-2</v>
       </c>
       <c r="Z108" s="33">
         <v>11.34</v>
       </c>
       <c r="AA108" s="14">
         <v>11.612586326346999</v>
       </c>
       <c r="AB108" s="35">
         <v>-12.37</v>
       </c>
       <c r="AC108" s="14">
         <v>-13.4174844966563</v>
       </c>
@@ -17727,51 +17564,51 @@
       <c r="M109" s="24">
         <v>0.63</v>
       </c>
       <c r="N109" s="38">
         <v>0.14800000000000002</v>
       </c>
       <c r="O109" s="38">
         <v>0.222</v>
       </c>
       <c r="P109" s="33">
         <v>21.14</v>
       </c>
       <c r="Q109" s="5">
         <v>19.620826999999998</v>
       </c>
       <c r="R109" s="14">
         <v>22.083553790731479</v>
       </c>
       <c r="S109" s="33">
         <v>4.66</v>
       </c>
       <c r="T109" s="28">
         <v>1.0782345453009099</v>
       </c>
       <c r="U109" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V109" s="35">
         <v>25.6</v>
       </c>
       <c r="W109" s="39">
         <v>-10.9</v>
       </c>
       <c r="X109" s="33">
         <v>32.700000000000003</v>
       </c>
       <c r="Y109" s="37">
         <v>-3.2</v>
       </c>
       <c r="Z109" s="33">
         <v>14.29</v>
       </c>
       <c r="AA109" s="14">
         <v>14.179323285869099</v>
       </c>
       <c r="AB109" s="35">
         <v>-12.54</v>
       </c>
       <c r="AC109" s="14">
         <v>-12.690255756992199</v>
       </c>
@@ -17831,51 +17668,51 @@
       <c r="M110" s="24">
         <v>0.61099999999999999</v>
       </c>
       <c r="N110" s="38">
         <v>0.19400000000000001</v>
       </c>
       <c r="O110" s="38">
         <v>0.19400000000000001</v>
       </c>
       <c r="P110" s="33">
         <v>20.13</v>
       </c>
       <c r="Q110" s="5">
         <v>18.190574000000002</v>
       </c>
       <c r="R110" s="14">
         <v>22.129497986449813</v>
       </c>
       <c r="S110" s="33">
         <v>2.2000000000000002</v>
       </c>
       <c r="T110" s="28">
         <v>0.238523638873884</v>
       </c>
       <c r="U110" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V110" s="35">
         <v>25</v>
       </c>
       <c r="W110" s="39">
         <v>-11.4</v>
       </c>
       <c r="X110" s="33">
         <v>37.799999999999997</v>
       </c>
       <c r="Y110" s="37">
         <v>6.7</v>
       </c>
       <c r="Z110" s="33">
         <v>11.53</v>
       </c>
       <c r="AA110" s="14">
         <v>11.5058056683977</v>
       </c>
       <c r="AB110" s="35">
         <v>-10.67</v>
       </c>
       <c r="AC110" s="14">
         <v>-9.3496238946185795</v>
       </c>
@@ -17935,51 +17772,51 @@
       <c r="M111" s="24">
         <v>0.6</v>
       </c>
       <c r="N111" s="38">
         <v>0.13300000000000001</v>
       </c>
       <c r="O111" s="38">
         <v>0.26700000000000002</v>
       </c>
       <c r="P111" s="33">
         <v>28.86</v>
       </c>
       <c r="Q111" s="5">
         <v>27.377397999999999</v>
       </c>
       <c r="R111" s="14">
         <v>22.104877538496947</v>
       </c>
       <c r="S111" s="33">
         <v>-1.01</v>
       </c>
       <c r="T111" s="28">
         <v>-0.92770265226105197</v>
       </c>
       <c r="U111" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V111" s="35">
         <v>26.5</v>
       </c>
       <c r="W111" s="39">
         <v>-6.8</v>
       </c>
       <c r="X111" s="33">
         <v>38.700000000000003</v>
       </c>
       <c r="Y111" s="37">
         <v>-13.3</v>
       </c>
       <c r="Z111" s="33">
         <v>4.13</v>
       </c>
       <c r="AA111" s="14">
         <v>2.6261245202896002</v>
       </c>
       <c r="AB111" s="35">
         <v>-3.15</v>
       </c>
       <c r="AC111" s="14">
         <v>-1.44758932257724</v>
       </c>
@@ -18039,51 +17876,51 @@
       <c r="M112" s="24">
         <v>0.55600000000000005</v>
       </c>
       <c r="N112" s="38">
         <v>0.27800000000000002</v>
       </c>
       <c r="O112" s="38">
         <v>0.16700000000000001</v>
       </c>
       <c r="P112" s="33">
         <v>22.73</v>
       </c>
       <c r="Q112" s="5">
         <v>22.502386999999999</v>
       </c>
       <c r="R112" s="14">
         <v>21.629941552451136</v>
       </c>
       <c r="S112" s="33">
         <v>1.07</v>
       </c>
       <c r="T112" s="28">
         <v>1.05621613093921</v>
       </c>
       <c r="U112" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V112" s="35">
         <v>24.3</v>
       </c>
       <c r="W112" s="39">
         <v>-4.7</v>
       </c>
       <c r="X112" s="33">
         <v>39</v>
       </c>
       <c r="Y112" s="37">
         <v>-7.5</v>
       </c>
       <c r="Z112" s="33">
         <v>-0.03</v>
       </c>
       <c r="AA112" s="14">
         <v>-3.49322553461844</v>
       </c>
       <c r="AB112" s="35">
         <v>-2.93</v>
       </c>
       <c r="AC112" s="14">
         <v>-1.66804552713014</v>
       </c>
@@ -18143,51 +17980,51 @@
       <c r="M113" s="24">
         <v>0.58299999999999996</v>
       </c>
       <c r="N113" s="38">
         <v>0.16700000000000001</v>
       </c>
       <c r="O113" s="38">
         <v>0.25</v>
       </c>
       <c r="P113" s="33">
         <v>16.34</v>
       </c>
       <c r="Q113" s="5">
         <v>23.151513999999999</v>
       </c>
       <c r="R113" s="14">
         <v>20.704257152703811</v>
       </c>
       <c r="S113" s="33">
         <v>5.21</v>
       </c>
       <c r="T113" s="28">
         <v>3.5233789392349202</v>
       </c>
       <c r="U113" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V113" s="35">
         <v>24.1</v>
       </c>
       <c r="W113" s="39">
         <v>-3.6</v>
       </c>
       <c r="X113" s="33">
         <v>36.4</v>
       </c>
       <c r="Y113" s="37">
         <v>-7</v>
       </c>
       <c r="Z113" s="33">
         <v>4.0599999999999996</v>
       </c>
       <c r="AA113" s="14">
         <v>1.68063791256999</v>
       </c>
       <c r="AB113" s="35">
         <v>-0.87</v>
       </c>
       <c r="AC113" s="14">
         <v>-0.12552880953435999</v>
       </c>
@@ -18247,51 +18084,51 @@
       <c r="M114" s="24">
         <v>0.75</v>
       </c>
       <c r="N114" s="38">
         <v>8.3000000000000004E-2</v>
       </c>
       <c r="O114" s="38">
         <v>0.16700000000000001</v>
       </c>
       <c r="P114" s="33">
         <v>18.09</v>
       </c>
       <c r="Q114" s="5">
         <v>19.485173</v>
       </c>
       <c r="R114" s="14">
         <v>19.390157323182276</v>
       </c>
       <c r="S114" s="33">
         <v>-0.52</v>
       </c>
       <c r="T114" s="28">
         <v>1.6530920587183699</v>
       </c>
       <c r="U114" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V114" s="35">
         <v>25.2</v>
       </c>
       <c r="W114" s="39">
         <v>0</v>
       </c>
       <c r="X114" s="33">
         <v>35.799999999999997</v>
       </c>
       <c r="Y114" s="37">
         <v>-5.0999999999999996</v>
       </c>
       <c r="Z114" s="33">
         <v>6.33</v>
       </c>
       <c r="AA114" s="14">
         <v>5.21086977924978</v>
       </c>
       <c r="AB114" s="35">
         <v>-3.16</v>
       </c>
       <c r="AC114" s="14">
         <v>-3.41030429141049</v>
       </c>
@@ -18351,51 +18188,51 @@
       <c r="M115" s="24">
         <v>0.84599999999999997</v>
       </c>
       <c r="N115" s="38">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="O115" s="38">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="P115" s="33">
         <v>18.78</v>
       </c>
       <c r="Q115" s="5">
         <v>18.853083000000002</v>
       </c>
       <c r="R115" s="14">
         <v>17.926036691504191</v>
       </c>
       <c r="S115" s="33">
         <v>-1.21</v>
       </c>
       <c r="T115" s="28">
         <v>0.92603066652433697</v>
       </c>
       <c r="U115" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V115" s="35">
         <v>20.3</v>
       </c>
       <c r="W115" s="39">
         <v>-2.4</v>
       </c>
       <c r="X115" s="33">
         <v>32.5</v>
       </c>
       <c r="Y115" s="37">
         <v>-2.5</v>
       </c>
       <c r="Z115" s="33">
         <v>-1.87</v>
       </c>
       <c r="AA115" s="14">
         <v>-0.64598974847801605</v>
       </c>
       <c r="AB115" s="35">
         <v>-4.46</v>
       </c>
       <c r="AC115" s="14">
         <v>-3.08484170343216</v>
       </c>
@@ -18455,51 +18292,51 @@
       <c r="M116" s="24">
         <v>0.58799999999999997</v>
       </c>
       <c r="N116" s="38">
         <v>0.29399999999999998</v>
       </c>
       <c r="O116" s="38">
         <v>0.11799999999999999</v>
       </c>
       <c r="P116" s="33">
         <v>12.82</v>
       </c>
       <c r="Q116" s="5">
         <v>12.576345999999999</v>
       </c>
       <c r="R116" s="14">
         <v>16.557125545489921</v>
       </c>
       <c r="S116" s="33">
         <v>0.51</v>
       </c>
       <c r="T116" s="28">
         <v>2.2082786506419998</v>
       </c>
       <c r="U116" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V116" s="35">
         <v>23</v>
       </c>
       <c r="W116" s="39">
         <v>-9.4</v>
       </c>
       <c r="X116" s="33">
         <v>34.299999999999997</v>
       </c>
       <c r="Y116" s="37">
         <v>-8.4</v>
       </c>
       <c r="Z116" s="33">
         <v>-6.07</v>
       </c>
       <c r="AA116" s="14">
         <v>-4.6016388905965799</v>
       </c>
       <c r="AB116" s="35">
         <v>3.17</v>
       </c>
       <c r="AC116" s="14">
         <v>1.81879811598324</v>
       </c>
@@ -18559,51 +18396,51 @@
       <c r="M117" s="24">
         <v>0.58299999999999996</v>
       </c>
       <c r="N117" s="38">
         <v>0.25</v>
       </c>
       <c r="O117" s="38">
         <v>0.16700000000000001</v>
       </c>
       <c r="P117" s="33">
         <v>8.36</v>
       </c>
       <c r="Q117" s="5">
         <v>10.031278</v>
       </c>
       <c r="R117" s="14">
         <v>15.595348151988317</v>
       </c>
       <c r="S117" s="33">
         <v>-1.49</v>
       </c>
       <c r="T117" s="28">
         <v>1.6085916902733199</v>
       </c>
       <c r="U117" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V117" s="35">
         <v>21.7</v>
       </c>
       <c r="W117" s="39">
         <v>-4.4000000000000004</v>
       </c>
       <c r="X117" s="33">
         <v>38</v>
       </c>
       <c r="Y117" s="37">
         <v>-9.5</v>
       </c>
       <c r="Z117" s="33">
         <v>-5.2</v>
       </c>
       <c r="AA117" s="14">
         <v>-3.5561936043310798</v>
       </c>
       <c r="AB117" s="35">
         <v>4.7</v>
       </c>
       <c r="AC117" s="14">
         <v>3.308839003353</v>
       </c>
@@ -18663,51 +18500,51 @@
       <c r="M118" s="24">
         <v>0.88900000000000001</v>
       </c>
       <c r="N118" s="38">
         <v>0</v>
       </c>
       <c r="O118" s="38">
         <v>0.111</v>
       </c>
       <c r="P118" s="33">
         <v>21.6</v>
       </c>
       <c r="Q118" s="5">
         <v>20.165658000000001</v>
       </c>
       <c r="R118" s="14">
         <v>15.066241760187081</v>
       </c>
       <c r="S118" s="33">
         <v>2.48</v>
       </c>
       <c r="T118" s="28">
         <v>2.8550731726257701</v>
       </c>
       <c r="U118" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V118" s="35">
         <v>21.2</v>
       </c>
       <c r="W118" s="39">
         <v>-1.5</v>
       </c>
       <c r="X118" s="33">
         <v>32.6</v>
       </c>
       <c r="Y118" s="37">
         <v>-12.9</v>
       </c>
       <c r="Z118" s="33">
         <v>-8.2100000000000009</v>
       </c>
       <c r="AA118" s="14">
         <v>-5.5504417867880402</v>
       </c>
       <c r="AB118" s="35">
         <v>4.16</v>
       </c>
       <c r="AC118" s="14">
         <v>2.9779017327977799</v>
       </c>
@@ -18767,51 +18604,51 @@
       <c r="M119" s="24">
         <v>0.70599999999999996</v>
       </c>
       <c r="N119" s="38">
         <v>0.23499999999999999</v>
       </c>
       <c r="O119" s="38">
         <v>5.8999999999999997E-2</v>
       </c>
       <c r="P119" s="33">
         <v>17.34</v>
       </c>
       <c r="Q119" s="5">
         <v>15.759430999999999</v>
       </c>
       <c r="R119" s="14">
         <v>14.595050802584108</v>
       </c>
       <c r="S119" s="33">
         <v>8.9</v>
       </c>
       <c r="T119" s="28">
         <v>8.6308117872576595</v>
       </c>
       <c r="U119" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V119" s="35">
         <v>22.7</v>
       </c>
       <c r="W119" s="39">
         <v>-5.0999999999999996</v>
       </c>
       <c r="X119" s="33">
         <v>37.5</v>
       </c>
       <c r="Y119" s="37">
         <v>-6.7</v>
       </c>
       <c r="Z119" s="33">
         <v>-2.2200000000000002</v>
       </c>
       <c r="AA119" s="14">
         <v>-2.4101206937709199</v>
       </c>
       <c r="AB119" s="35">
         <v>7.89</v>
       </c>
       <c r="AC119" s="14">
         <v>8.1303532623103703</v>
       </c>
@@ -18871,51 +18708,51 @@
       <c r="M120" s="24">
         <v>0.66749999999999998</v>
       </c>
       <c r="N120" s="38">
         <v>0.214</v>
       </c>
       <c r="O120" s="38">
         <v>0.124</v>
       </c>
       <c r="P120" s="33">
         <v>15.734999999999999</v>
       </c>
       <c r="Q120" s="5">
         <v>14.076396000000001</v>
       </c>
       <c r="R120" s="14">
         <v>14.173884189361669</v>
       </c>
       <c r="S120" s="33">
         <v>8.17</v>
       </c>
       <c r="T120" s="28">
         <v>6.0629047009393098</v>
       </c>
       <c r="U120" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V120" s="35">
         <v>24.5</v>
       </c>
       <c r="W120" s="39">
         <v>-6.9</v>
       </c>
       <c r="X120" s="33">
         <v>34.299999999999997</v>
       </c>
       <c r="Y120" s="37">
         <v>-3</v>
       </c>
       <c r="Z120" s="33">
         <v>-4.9050000000000002</v>
       </c>
       <c r="AA120" s="14">
         <v>-4.7608769237680297</v>
       </c>
       <c r="AB120" s="35">
         <v>8.44</v>
       </c>
       <c r="AC120" s="14">
         <v>8.06224761515724</v>
       </c>
@@ -18975,51 +18812,51 @@
       <c r="M121" s="24">
         <v>0.625</v>
       </c>
       <c r="N121" s="38">
         <v>0.188</v>
       </c>
       <c r="O121" s="38">
         <v>0.188</v>
       </c>
       <c r="P121" s="33">
         <v>14.11</v>
       </c>
       <c r="Q121" s="5">
         <v>12.704794</v>
       </c>
       <c r="R121" s="14">
         <v>13.878619190228342</v>
       </c>
       <c r="S121" s="33">
         <v>7.53</v>
       </c>
       <c r="T121" s="28">
         <v>4.2230269143323502</v>
       </c>
       <c r="U121" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V121" s="35">
         <v>26.4</v>
       </c>
       <c r="W121" s="39">
         <v>-8.6</v>
       </c>
       <c r="X121" s="33">
         <v>31.2</v>
       </c>
       <c r="Y121" s="37">
         <v>0.7</v>
       </c>
       <c r="Z121" s="33">
         <v>-7.52</v>
       </c>
       <c r="AA121" s="14">
         <v>-6.80950440123046</v>
       </c>
       <c r="AB121" s="35">
         <v>8.9</v>
       </c>
       <c r="AC121" s="14">
         <v>7.9408529896937798</v>
       </c>
@@ -19079,51 +18916,51 @@
       <c r="M122" s="24">
         <v>0.76900000000000002</v>
       </c>
       <c r="N122" s="38">
         <v>0.154</v>
       </c>
       <c r="O122" s="38">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="P122" s="33">
         <v>17.87</v>
       </c>
       <c r="Q122" s="5">
         <v>16.031167</v>
       </c>
       <c r="R122" s="14">
         <v>13.778119536089713</v>
       </c>
       <c r="S122" s="33">
         <v>0.21</v>
       </c>
       <c r="T122" s="28">
         <v>-1.63159184674823</v>
       </c>
       <c r="U122" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V122" s="35">
         <v>27.8</v>
       </c>
       <c r="W122" s="39">
         <v>-8</v>
       </c>
       <c r="X122" s="33">
         <v>34.1</v>
       </c>
       <c r="Y122" s="37">
         <v>-5.4</v>
       </c>
       <c r="Z122" s="33">
         <v>-11.58</v>
       </c>
       <c r="AA122" s="14">
         <v>-11.328561690039299</v>
       </c>
       <c r="AB122" s="35">
         <v>11.32</v>
       </c>
       <c r="AC122" s="14">
         <v>11.809560445358599</v>
       </c>
@@ -19183,51 +19020,51 @@
       <c r="M123" s="24">
         <v>1</v>
       </c>
       <c r="N123" s="38">
         <v>0</v>
       </c>
       <c r="O123" s="38">
         <v>0</v>
       </c>
       <c r="P123" s="33">
         <v>11.67824074074074</v>
       </c>
       <c r="Q123" s="5">
         <v>10.235987</v>
       </c>
       <c r="R123" s="14">
         <v>13.856801102439256</v>
       </c>
       <c r="S123" s="33">
         <v>0.27932630906768841</v>
       </c>
       <c r="T123" s="28">
         <v>0.24269954374142999</v>
       </c>
       <c r="U123" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V123" s="35">
         <v>26</v>
       </c>
       <c r="W123" s="39">
         <v>5.0999999999999996</v>
       </c>
       <c r="X123" s="33">
         <v>36.299999999999997</v>
       </c>
       <c r="Y123" s="37">
         <v>0</v>
       </c>
       <c r="Z123" s="33">
         <v>-8.7333387888707037</v>
       </c>
       <c r="AA123" s="14">
         <v>-9.3725637349561897</v>
       </c>
       <c r="AB123" s="35">
         <v>8.2193658170914539</v>
       </c>
       <c r="AC123" s="14">
         <v>9.3579554138943593</v>
       </c>
@@ -19287,51 +19124,51 @@
       <c r="M124" s="24">
         <v>0.71399999999999997</v>
       </c>
       <c r="N124" s="38">
         <v>0.14299999999999999</v>
       </c>
       <c r="O124" s="38">
         <v>0.14299999999999999</v>
       </c>
       <c r="P124" s="33">
         <v>15.91</v>
       </c>
       <c r="Q124" s="5">
         <v>15.782633000000001</v>
       </c>
       <c r="R124" s="14">
         <v>14.26116951037551</v>
       </c>
       <c r="S124" s="33">
         <v>1.89</v>
       </c>
       <c r="T124" s="28">
         <v>1.42395429833386</v>
       </c>
       <c r="U124" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V124" s="35">
         <v>23.8</v>
       </c>
       <c r="W124" s="39">
         <v>6.6</v>
       </c>
       <c r="X124" s="33">
         <v>38.700000000000003</v>
       </c>
       <c r="Y124" s="37">
         <v>-2.5</v>
       </c>
       <c r="Z124" s="33">
         <v>-7.63</v>
       </c>
       <c r="AA124" s="14">
         <v>-10.191689887520401</v>
       </c>
       <c r="AB124" s="35">
         <v>10.91</v>
       </c>
       <c r="AC124" s="14">
         <v>11.6454863181051</v>
       </c>
@@ -19391,51 +19228,51 @@
       <c r="M125" s="24">
         <v>0.57899999999999996</v>
       </c>
       <c r="N125" s="38">
         <v>0.158</v>
       </c>
       <c r="O125" s="38">
         <v>0.26300000000000001</v>
       </c>
       <c r="P125" s="33">
         <v>6.26</v>
       </c>
       <c r="Q125" s="5">
         <v>13.281451000000001</v>
       </c>
       <c r="R125" s="14">
         <v>14.877240157799948</v>
       </c>
       <c r="S125" s="33">
         <v>4.07</v>
       </c>
       <c r="T125" s="28">
         <v>2.8378097939945</v>
       </c>
       <c r="U125" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V125" s="35">
         <v>24.8</v>
       </c>
       <c r="W125" s="39">
         <v>10.1</v>
       </c>
       <c r="X125" s="33">
         <v>37.200000000000003</v>
       </c>
       <c r="Y125" s="37">
         <v>10.9</v>
       </c>
       <c r="Z125" s="33">
         <v>-6.29</v>
       </c>
       <c r="AA125" s="14">
         <v>-8.3145548354441896</v>
       </c>
       <c r="AB125" s="35">
         <v>9.14</v>
       </c>
       <c r="AC125" s="14">
         <v>9.64868207476162</v>
       </c>
@@ -19495,51 +19332,51 @@
       <c r="M126" s="24">
         <v>0.875</v>
       </c>
       <c r="N126" s="38">
         <v>0.125</v>
       </c>
       <c r="O126" s="38">
         <v>0</v>
       </c>
       <c r="P126" s="33">
         <v>13.92</v>
       </c>
       <c r="Q126" s="5">
         <v>15.207571</v>
       </c>
       <c r="R126" s="14">
         <v>15.70048624762299</v>
       </c>
       <c r="S126" s="33">
         <v>-2.34</v>
       </c>
       <c r="T126" s="28">
         <v>-3.2312199534513003E-2</v>
       </c>
       <c r="U126" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V126" s="35">
         <v>26.5</v>
       </c>
       <c r="W126" s="39">
         <v>8.4</v>
       </c>
       <c r="X126" s="33">
         <v>42.5</v>
       </c>
       <c r="Y126" s="37">
         <v>-1.5</v>
       </c>
       <c r="Z126" s="33">
         <v>-8.6</v>
       </c>
       <c r="AA126" s="14">
         <v>-9.6517548406437701</v>
       </c>
       <c r="AB126" s="35">
         <v>12.91</v>
       </c>
       <c r="AC126" s="14">
         <v>12.753918192987101</v>
       </c>
@@ -19599,51 +19436,51 @@
       <c r="M127" s="24">
         <v>0.61499999999999999</v>
       </c>
       <c r="N127" s="38">
         <v>0.23100000000000001</v>
       </c>
       <c r="O127" s="38">
         <v>0.154</v>
       </c>
       <c r="P127" s="22">
         <v>14.53</v>
       </c>
       <c r="Q127" s="5">
         <v>14.439025000000001</v>
       </c>
       <c r="R127" s="14">
         <v>16.611576007373756</v>
       </c>
       <c r="S127" s="33">
         <v>-0.59</v>
       </c>
       <c r="T127" s="28">
         <v>1.08735745528116</v>
       </c>
       <c r="U127" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V127" s="35">
         <v>29.1</v>
       </c>
       <c r="W127" s="39">
         <v>-1.5</v>
       </c>
       <c r="X127" s="33">
         <v>36.799999999999997</v>
       </c>
       <c r="Y127" s="37">
         <v>-3.8</v>
       </c>
       <c r="Z127" s="33">
         <v>-8.68</v>
       </c>
       <c r="AA127" s="14">
         <v>-8.3541011865862806</v>
       </c>
       <c r="AB127" s="35">
         <v>8.74</v>
       </c>
       <c r="AC127" s="14">
         <v>10.5165439335094</v>
       </c>
@@ -19703,51 +19540,51 @@
       <c r="M128" s="24">
         <v>0.75</v>
       </c>
       <c r="N128" s="38">
         <v>0.25</v>
       </c>
       <c r="O128" s="38">
         <v>0</v>
       </c>
       <c r="P128" s="22">
         <v>22.83</v>
       </c>
       <c r="Q128" s="5">
         <v>22.380161999999999</v>
       </c>
       <c r="R128" s="14">
         <v>17.455716135975393</v>
       </c>
       <c r="S128" s="33">
         <v>-0.8</v>
       </c>
       <c r="T128" s="28">
         <v>0.69616720796659803</v>
       </c>
       <c r="U128" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V128" s="35">
         <v>27.6</v>
       </c>
       <c r="W128" s="39">
         <v>-2.4</v>
       </c>
       <c r="X128" s="33">
         <v>44.8</v>
       </c>
       <c r="Y128" s="37">
         <v>0</v>
       </c>
       <c r="Z128" s="33">
         <v>-3.92</v>
       </c>
       <c r="AA128" s="14">
         <v>-2.9824731311602202</v>
       </c>
       <c r="AB128" s="35">
         <v>11.07</v>
       </c>
       <c r="AC128" s="14">
         <v>9.8565766795015293</v>
       </c>
@@ -19807,51 +19644,51 @@
       <c r="M129" s="24">
         <v>0.88200000000000001</v>
       </c>
       <c r="N129" s="38">
         <v>0.11800000000000001</v>
       </c>
       <c r="O129" s="38">
         <v>0</v>
       </c>
       <c r="P129" s="22">
         <v>19.77</v>
       </c>
       <c r="Q129" s="5">
         <v>21.227594</v>
       </c>
       <c r="R129" s="14">
         <v>17.921814698727044</v>
       </c>
       <c r="S129" s="33">
         <v>-1.1299999999999999</v>
       </c>
       <c r="T129" s="28">
         <v>1.5286758382939201</v>
       </c>
       <c r="U129" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V129" s="35">
         <v>25</v>
       </c>
       <c r="W129" s="39">
         <v>-2.7</v>
       </c>
       <c r="X129" s="33">
         <v>42</v>
       </c>
       <c r="Y129" s="39">
         <v>-3.5</v>
       </c>
       <c r="Z129" s="33">
         <v>-2.75</v>
       </c>
       <c r="AA129" s="14">
         <v>-1.5722457330542601</v>
       </c>
       <c r="AB129" s="35">
         <v>10.220000000000001</v>
       </c>
       <c r="AC129" s="14">
         <v>9.1074833138360791</v>
       </c>
@@ -19911,51 +19748,51 @@
       <c r="M130" s="24">
         <v>0.88</v>
       </c>
       <c r="N130" s="38">
         <v>0.12</v>
       </c>
       <c r="O130" s="38">
         <v>0</v>
       </c>
       <c r="P130" s="22">
         <v>15.3</v>
       </c>
       <c r="Q130" s="5">
         <v>13.708691</v>
       </c>
       <c r="R130" s="14">
         <v>18.053056441792926</v>
       </c>
       <c r="S130" s="33">
         <v>1.6</v>
       </c>
       <c r="T130" s="28">
         <v>2.4213371911017099</v>
       </c>
       <c r="U130" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V130" s="35">
         <v>29.1</v>
       </c>
       <c r="W130" s="39">
         <v>5.2</v>
       </c>
       <c r="X130" s="33">
         <v>36.1</v>
       </c>
       <c r="Y130" s="39">
         <v>-0.7</v>
       </c>
       <c r="Z130" s="33">
         <v>-3.47</v>
       </c>
       <c r="AA130" s="14">
         <v>-1.5382252844492199</v>
       </c>
       <c r="AB130" s="35">
         <v>11.58</v>
       </c>
       <c r="AC130" s="16">
         <v>10.699921634036301</v>
       </c>
@@ -20015,51 +19852,51 @@
       <c r="M131" s="24">
         <v>0.65</v>
       </c>
       <c r="N131" s="27">
         <v>0.15</v>
       </c>
       <c r="O131" s="26">
         <v>0.2</v>
       </c>
       <c r="P131" s="22">
         <v>19.670000000000002</v>
       </c>
       <c r="Q131" s="5">
         <v>18.268865999999999</v>
       </c>
       <c r="R131" s="14">
         <v>18.130451960349699</v>
       </c>
       <c r="S131" s="33">
         <v>0.71</v>
       </c>
       <c r="T131" s="28">
         <v>0.271801389684034</v>
       </c>
       <c r="U131" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V131" s="35">
         <v>28.6</v>
       </c>
       <c r="W131" s="39">
         <v>-8.4</v>
       </c>
       <c r="X131" s="33">
         <v>40.200000000000003</v>
       </c>
       <c r="Y131" s="39">
         <v>1.6</v>
       </c>
       <c r="Z131" s="33">
         <v>-2.6</v>
       </c>
       <c r="AA131" s="14">
         <v>-3.2909610515238201</v>
       </c>
       <c r="AB131" s="35">
         <v>6.11</v>
       </c>
       <c r="AC131" s="16">
         <v>7.2230337414752803</v>
       </c>
@@ -20119,51 +19956,51 @@
       <c r="M132" s="24">
         <v>0.625</v>
       </c>
       <c r="N132" s="27">
         <v>0.185</v>
       </c>
       <c r="O132" s="26">
         <v>0.19</v>
       </c>
       <c r="P132" s="22">
         <v>19.97</v>
       </c>
       <c r="Q132" s="5">
         <v>18.429449000000002</v>
       </c>
       <c r="R132" s="14">
         <v>18.122467573186039</v>
       </c>
       <c r="S132" s="33">
         <v>3.05</v>
       </c>
       <c r="T132" s="28">
         <v>1.24655008203377</v>
       </c>
       <c r="U132" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V132" s="35">
         <v>31</v>
       </c>
       <c r="W132" s="39">
         <v>1</v>
       </c>
       <c r="X132" s="33">
         <v>40</v>
       </c>
       <c r="Y132" s="39">
         <v>-2</v>
       </c>
       <c r="Z132" s="33">
         <v>-4.9649999999999999</v>
       </c>
       <c r="AA132" s="14">
         <v>-4.9019711152226799</v>
       </c>
       <c r="AB132" s="35">
         <v>9.1050000000000004</v>
       </c>
       <c r="AC132" s="16">
         <v>9.3473878719714794</v>
       </c>
@@ -20223,51 +20060,51 @@
       <c r="M133" s="24">
         <v>0.6</v>
       </c>
       <c r="N133" s="27">
         <v>0.2</v>
       </c>
       <c r="O133" s="26">
         <v>0.2</v>
       </c>
       <c r="P133" s="22">
         <v>20.27</v>
       </c>
       <c r="Q133" s="5">
         <v>18.955953999999998</v>
       </c>
       <c r="R133" s="14">
         <v>18.007527443669765</v>
       </c>
       <c r="S133" s="33">
         <v>5.4</v>
       </c>
       <c r="T133" s="28">
         <v>2.6761298889685698</v>
       </c>
       <c r="U133" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V133" s="35">
         <v>32.6</v>
       </c>
       <c r="W133" s="39">
         <v>8.9</v>
       </c>
       <c r="X133" s="33">
         <v>39.799999999999997</v>
       </c>
       <c r="Y133" s="39">
         <v>-2.2000000000000002</v>
       </c>
       <c r="Z133" s="33">
         <v>-7.33</v>
       </c>
       <c r="AA133" s="14">
         <v>-5.93256842670593</v>
       </c>
       <c r="AB133" s="35">
         <v>12.1</v>
       </c>
       <c r="AC133" s="16">
         <v>10.500281889710999</v>
       </c>
@@ -20327,51 +20164,51 @@
       <c r="M134" s="24">
         <v>0.55200000000000005</v>
       </c>
       <c r="N134" s="27">
         <v>0.27600000000000002</v>
       </c>
       <c r="O134" s="26">
         <v>0.17199999999999999</v>
       </c>
       <c r="P134" s="22">
         <v>18.401462943071966</v>
       </c>
       <c r="Q134" s="5">
         <v>16.654328</v>
       </c>
       <c r="R134" s="14">
         <v>17.786140729903504</v>
       </c>
       <c r="S134" s="33">
         <v>5.0788043478260869</v>
       </c>
       <c r="T134" s="28">
         <v>3.7220023667004201</v>
       </c>
       <c r="U134" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V134" s="35">
         <v>29.7</v>
       </c>
       <c r="W134" s="39">
         <v>3.4</v>
       </c>
       <c r="X134" s="33">
         <v>37</v>
       </c>
       <c r="Y134" s="39">
         <v>1.7</v>
       </c>
       <c r="Z134" s="33">
         <v>-2.0175962636222105</v>
       </c>
       <c r="AA134" s="14">
         <v>-1.2065285698830299</v>
       </c>
       <c r="AB134" s="35">
         <v>8.6523788779107917</v>
       </c>
       <c r="AC134" s="16">
         <v>8.1149176173876807</v>
       </c>
@@ -20431,51 +20268,51 @@
       <c r="M135" s="24">
         <v>0.7142857142857143</v>
       </c>
       <c r="N135" s="27">
         <v>0.2857142857142857</v>
       </c>
       <c r="O135" s="26">
         <v>0</v>
       </c>
       <c r="P135" s="22">
         <v>17.822138326789489</v>
       </c>
       <c r="Q135" s="5">
         <v>16.385618000000001</v>
       </c>
       <c r="R135" s="14">
         <v>17.527048716344581</v>
       </c>
       <c r="S135" s="33">
         <v>6.4477851605758589</v>
       </c>
       <c r="T135" s="28">
         <v>6.0568576854208196</v>
       </c>
       <c r="U135" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V135" s="35">
         <v>34.299999999999997</v>
       </c>
       <c r="W135" s="39">
         <v>-5.6</v>
       </c>
       <c r="X135" s="33">
         <v>39.299999999999997</v>
       </c>
       <c r="Y135" s="39">
         <v>-5.6</v>
       </c>
       <c r="Z135" s="33">
         <v>-1.3428571428571425</v>
       </c>
       <c r="AA135" s="14">
         <v>-1.34001667056204</v>
       </c>
       <c r="AB135" s="35">
         <v>5.57</v>
       </c>
       <c r="AC135" s="16">
         <v>5.96910825640804</v>
       </c>
@@ -20535,51 +20372,51 @@
       <c r="M136" s="24">
         <v>0.6428571428571429</v>
       </c>
       <c r="N136" s="27">
         <v>0.21428571428571427</v>
       </c>
       <c r="O136" s="26">
         <v>0.14285714285714285</v>
       </c>
       <c r="P136" s="22">
         <v>19.983516867359132</v>
       </c>
       <c r="Q136" s="5">
         <v>19.963260999999999</v>
       </c>
       <c r="R136" s="14">
         <v>17.217567311198284</v>
       </c>
       <c r="S136" s="33">
         <v>5.9389484327603643</v>
       </c>
       <c r="T136" s="28">
         <v>5.0980192071212604</v>
       </c>
       <c r="U136" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V136" s="35">
         <v>29.1</v>
       </c>
       <c r="W136" s="39">
         <v>-1.7</v>
       </c>
       <c r="X136" s="33">
         <v>39.200000000000003</v>
       </c>
       <c r="Y136" s="39">
         <v>1.7</v>
       </c>
       <c r="Z136" s="33">
         <v>2.9240151515151513</v>
       </c>
       <c r="AA136" s="14">
         <v>1.3198782423105699</v>
       </c>
       <c r="AB136" s="35">
         <v>2.2971846282372592</v>
       </c>
       <c r="AC136" s="16">
         <v>2.6687593200870499</v>
       </c>
@@ -20639,51 +20476,51 @@
       <c r="M137" s="24">
         <v>0.73684210526315785</v>
       </c>
       <c r="N137" s="27">
         <v>0.26315789473684209</v>
       </c>
       <c r="O137" s="26">
         <v>0</v>
       </c>
       <c r="P137" s="22">
         <v>7.8005652680652675</v>
       </c>
       <c r="Q137" s="5">
         <v>15.015808</v>
       </c>
       <c r="R137" s="14">
         <v>16.762895104947265</v>
       </c>
       <c r="S137" s="33">
         <v>4.0199674233940748</v>
       </c>
       <c r="T137" s="28">
         <v>3.2053052474025501</v>
       </c>
       <c r="U137" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V137" s="35">
         <v>32.299999999999997</v>
       </c>
       <c r="W137" s="39">
         <v>-1.8</v>
       </c>
       <c r="X137" s="33">
         <v>38.4</v>
       </c>
       <c r="Y137" s="39">
         <v>-1.5</v>
       </c>
       <c r="Z137" s="33">
         <v>2.6155454601678856</v>
       </c>
       <c r="AA137" s="14">
         <v>0.730673842537503</v>
       </c>
       <c r="AB137" s="35">
         <v>6.3246168781637886</v>
       </c>
       <c r="AC137" s="16">
         <v>6.95067738847903</v>
       </c>
@@ -20743,51 +20580,51 @@
       <c r="M138" s="24">
         <v>0.72499999999999998</v>
       </c>
       <c r="N138" s="27">
         <v>0.3</v>
       </c>
       <c r="O138" s="26">
         <v>-2.5000000000000001E-2</v>
       </c>
       <c r="P138" s="22">
         <v>13.290000000000001</v>
       </c>
       <c r="Q138" s="5">
         <v>14.452064999999999</v>
       </c>
       <c r="R138" s="14">
         <v>16.265762608131844</v>
       </c>
       <c r="S138" s="33">
         <v>0.87210526315789472</v>
       </c>
       <c r="T138" s="28">
         <v>2.97237126407359</v>
       </c>
       <c r="U138" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V138" s="35">
         <v>31.2</v>
       </c>
       <c r="W138" s="39">
         <v>1.2</v>
       </c>
       <c r="X138" s="33">
         <v>36.9</v>
       </c>
       <c r="Y138" s="39">
         <v>3.5</v>
       </c>
       <c r="Z138" s="33">
         <v>2.1341854636591471</v>
       </c>
       <c r="AA138" s="14">
         <v>1.3676546044097799</v>
       </c>
       <c r="AB138" s="35">
         <v>11.335020242914982</v>
       </c>
       <c r="AC138" s="16">
         <v>11.3092163346235</v>
       </c>
@@ -20847,51 +20684,51 @@
       <c r="M139" s="24">
         <v>0.73809523809523814</v>
       </c>
       <c r="N139" s="27">
         <v>0.2857142857142857</v>
       </c>
       <c r="O139" s="26">
         <v>-2.3809523809523808E-2</v>
       </c>
       <c r="P139" s="22">
         <v>19.195580296896086</v>
       </c>
       <c r="Q139" s="5">
         <v>18.940467000000002</v>
       </c>
       <c r="R139" s="14">
         <v>15.703210611511958</v>
       </c>
       <c r="S139" s="33">
         <v>1.1800944669365721</v>
       </c>
       <c r="T139" s="28">
         <v>2.04281956528704</v>
       </c>
       <c r="U139" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V139" s="35">
         <v>30.3</v>
       </c>
       <c r="W139" s="39">
         <v>2.1</v>
       </c>
       <c r="X139" s="33">
         <v>33.4</v>
       </c>
       <c r="Y139" s="39">
         <v>1.5</v>
       </c>
       <c r="Z139" s="33">
         <v>0.39312865497076011</v>
       </c>
       <c r="AA139" s="14">
         <v>-0.28298318629664698</v>
       </c>
       <c r="AB139" s="47">
         <v>7.8633633633633639</v>
       </c>
       <c r="AC139" s="16">
         <v>10.0456543199249</v>
       </c>
@@ -20951,51 +20788,51 @@
       <c r="M140" s="44">
         <v>0.60869565217391308</v>
       </c>
       <c r="N140" s="45">
         <v>0.2608695652173913</v>
       </c>
       <c r="O140" s="46">
         <v>0.13043478260869565</v>
       </c>
       <c r="P140" s="22">
         <v>17.044566365007544</v>
       </c>
       <c r="Q140" s="5">
         <v>16.450313999999999</v>
       </c>
       <c r="R140" s="14">
         <v>14.921798063535892</v>
       </c>
       <c r="S140" s="33">
         <v>3.5813197586727004</v>
       </c>
       <c r="T140" s="28">
         <v>4.80122060869195</v>
       </c>
       <c r="U140" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V140" s="35">
         <v>30.3</v>
       </c>
       <c r="W140" s="39">
         <v>2.1</v>
       </c>
       <c r="X140" s="33">
         <v>35.4</v>
       </c>
       <c r="Y140" s="39">
         <v>1.1000000000000001</v>
       </c>
       <c r="Z140" s="33">
         <v>-8.2238218210361076</v>
       </c>
       <c r="AA140" s="14">
         <v>-8.1479620987581907</v>
       </c>
       <c r="AB140" s="47">
         <v>8.9722456140350868</v>
       </c>
       <c r="AC140" s="16">
         <v>8.4150085960413694</v>
       </c>
@@ -21055,51 +20892,51 @@
       <c r="M141" s="44">
         <v>0.66216216216216217</v>
       </c>
       <c r="N141" s="45">
         <v>0.21621621621621623</v>
       </c>
       <c r="O141" s="46">
         <v>0.12162162162162163</v>
       </c>
       <c r="P141" s="22">
         <v>14.232604718081131</v>
       </c>
       <c r="Q141" s="5">
         <v>15.514505</v>
       </c>
       <c r="R141" s="14">
         <v>14.000980055708629</v>
       </c>
       <c r="S141" s="33">
         <v>2.2642279774756697</v>
       </c>
       <c r="T141" s="28">
         <v>4.5451742487522999</v>
       </c>
       <c r="U141" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V141" s="35">
         <v>31.3</v>
       </c>
       <c r="W141" s="39">
         <v>0</v>
       </c>
       <c r="X141" s="33">
         <v>36.9</v>
       </c>
       <c r="Y141" s="39">
         <v>-4.3</v>
       </c>
       <c r="Z141" s="33">
         <v>-4.1221515198545555</v>
       </c>
       <c r="AA141" s="14">
         <v>-3.2817516931098498</v>
       </c>
       <c r="AB141" s="47">
         <v>7.5773132664437011</v>
       </c>
       <c r="AC141" s="16">
         <v>6.9019671195507897</v>
       </c>
@@ -21159,51 +20996,51 @@
       <c r="M142" s="44">
         <v>0.6785714285714286</v>
       </c>
       <c r="N142" s="45">
         <v>0.21428571428571427</v>
       </c>
       <c r="O142" s="46">
         <v>0.10714285714285714</v>
       </c>
       <c r="P142" s="22">
         <v>13.324489795918367</v>
       </c>
       <c r="Q142" s="5">
         <v>11.553255</v>
       </c>
       <c r="R142" s="14">
         <v>13.130176854820332</v>
       </c>
       <c r="S142" s="33">
         <v>1.7707482993197277</v>
       </c>
       <c r="T142" s="28">
         <v>3.06304835171971</v>
       </c>
       <c r="U142" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V142" s="35">
         <v>32.4</v>
       </c>
       <c r="W142" s="39">
         <v>-2.1</v>
       </c>
       <c r="X142" s="33">
         <v>39.200000000000003</v>
       </c>
       <c r="Y142" s="39">
         <v>-4.5999999999999996</v>
       </c>
       <c r="Z142" s="33">
         <v>-4.7328191489361711</v>
       </c>
       <c r="AA142" s="14">
         <v>-3.6969896262625301</v>
       </c>
       <c r="AB142" s="47">
         <v>9.9521924144310834</v>
       </c>
       <c r="AC142" s="16">
         <v>9.4198853460918297</v>
       </c>
@@ -21263,51 +21100,51 @@
       <c r="M143" s="44">
         <v>0.73134328358208955</v>
       </c>
       <c r="N143" s="45">
         <v>0.22388059701492538</v>
       </c>
       <c r="O143" s="46">
         <v>4.4776119402985072E-2</v>
       </c>
       <c r="P143" s="22">
         <v>8.3080357142857153</v>
       </c>
       <c r="Q143" s="5">
         <v>7.0765466000000004</v>
       </c>
       <c r="R143" s="14">
         <v>12.607695414300839</v>
       </c>
       <c r="S143" s="33">
         <v>1.9958333333333336</v>
       </c>
       <c r="T143" s="28">
         <v>1.4232817911331901</v>
       </c>
       <c r="U143" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V143" s="35">
         <v>31.6</v>
       </c>
       <c r="W143" s="39">
         <v>-4.0999999999999996</v>
       </c>
       <c r="X143" s="33">
         <v>39</v>
       </c>
       <c r="Y143" s="39">
         <v>-5.5</v>
       </c>
       <c r="Z143" s="33">
         <v>-3.4128191489361708</v>
       </c>
       <c r="AA143" s="14">
         <v>-3.8178521468644799</v>
       </c>
       <c r="AB143" s="47">
         <v>2.9573913043478259</v>
       </c>
       <c r="AC143" s="16">
         <v>4.0450561508467198</v>
       </c>
@@ -21367,51 +21204,51 @@
       <c r="M144" s="44">
         <v>0.69461901021209749</v>
       </c>
       <c r="N144" s="45">
         <v>0.24351924587588375</v>
       </c>
       <c r="O144" s="46">
         <v>6.1861743912018846E-2</v>
       </c>
       <c r="P144" s="22">
         <v>11.620816798941799</v>
       </c>
       <c r="Q144" s="5">
         <v>10.210119000000001</v>
       </c>
       <c r="R144" s="14">
         <v>12.618395072125281</v>
       </c>
       <c r="S144" s="33">
         <v>4.5267984330484339</v>
       </c>
       <c r="T144" s="28">
         <v>3.29324702766404</v>
       </c>
       <c r="U144" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V144" s="35">
         <v>29.9</v>
       </c>
       <c r="W144" s="39">
         <v>-2.2000000000000002</v>
       </c>
       <c r="X144" s="33">
         <v>38.5</v>
       </c>
       <c r="Y144" s="39">
         <v>-2.9</v>
       </c>
       <c r="Z144" s="33">
         <v>-5.0848665880427468</v>
       </c>
       <c r="AA144" s="14">
         <v>-4.6728536852527496</v>
       </c>
       <c r="AB144" s="47">
         <v>6.1806187290969898</v>
       </c>
       <c r="AC144" s="16">
         <v>6.2969964361089499</v>
       </c>
@@ -21471,51 +21308,51 @@
       <c r="M145" s="44">
         <v>0.65789473684210531</v>
       </c>
       <c r="N145" s="45">
         <v>0.26315789473684209</v>
       </c>
       <c r="O145" s="46">
         <v>7.8947368421052627E-2</v>
       </c>
       <c r="P145" s="22">
         <v>13.616720557144637</v>
       </c>
       <c r="Q145" s="5">
         <v>12.401152</v>
       </c>
       <c r="R145" s="14">
         <v>12.949210791139228</v>
       </c>
       <c r="S145" s="33">
         <v>4.5069372294372299</v>
       </c>
       <c r="T145" s="28">
         <v>2.5054819308215501</v>
       </c>
       <c r="U145" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V145" s="35">
         <v>28.1</v>
       </c>
       <c r="W145" s="39">
         <v>-0.4</v>
       </c>
       <c r="X145" s="33">
         <v>38</v>
       </c>
       <c r="Y145" s="39">
         <v>-0.4</v>
       </c>
       <c r="Z145" s="33">
         <v>-8.9476519415543798</v>
       </c>
       <c r="AA145" s="14">
         <v>-7.1442043786330203</v>
       </c>
       <c r="AB145" s="47">
         <v>12.3238933982684</v>
       </c>
       <c r="AC145" s="16">
         <v>10.0871425038497</v>
       </c>
@@ -21575,51 +21412,51 @@
       <c r="M146" s="24">
         <v>0.76</v>
       </c>
       <c r="N146" s="27">
         <v>0.16</v>
       </c>
       <c r="O146" s="26">
         <v>0.08</v>
       </c>
       <c r="P146" s="22">
         <v>20.69104651162791</v>
       </c>
       <c r="Q146" s="5">
         <v>19.048393000000001</v>
       </c>
       <c r="R146" s="14">
         <v>13.213820262812328</v>
       </c>
       <c r="S146" s="33">
         <v>5.2536544850498341</v>
       </c>
       <c r="T146" s="28">
         <v>4.6359376681802198</v>
       </c>
       <c r="U146" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V146" s="35">
         <v>30.2</v>
       </c>
       <c r="W146" s="39">
         <v>-9.4</v>
       </c>
       <c r="X146" s="33">
         <v>35.5</v>
       </c>
       <c r="Y146" s="39">
         <v>-0.7</v>
       </c>
       <c r="Z146" s="33">
         <v>-6.6522222222222229</v>
       </c>
       <c r="AA146" s="14">
         <v>-5.7672127669654296</v>
       </c>
       <c r="AB146" s="35">
         <v>13.579240484724355</v>
       </c>
       <c r="AC146" s="16">
         <v>12.2225600506119</v>
       </c>
@@ -21679,51 +21516,51 @@
       <c r="M147" s="24">
         <v>0.68852459016393441</v>
       </c>
       <c r="N147" s="27">
         <v>0.21311475409836064</v>
       </c>
       <c r="O147" s="26">
         <v>9.8360655737704916E-2</v>
       </c>
       <c r="P147" s="22">
         <v>19.638238636363639</v>
       </c>
       <c r="Q147" s="5">
         <v>18.199255999999998</v>
       </c>
       <c r="R147" s="14">
         <v>12.986472488604216</v>
       </c>
       <c r="S147" s="33">
         <v>4.1072727272727274</v>
       </c>
       <c r="T147" s="28">
         <v>3.2177508539431199</v>
       </c>
       <c r="U147" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V147" s="35">
         <v>29.7</v>
       </c>
       <c r="W147" s="39">
         <v>-4.2</v>
       </c>
       <c r="X147" s="33">
         <v>37</v>
       </c>
       <c r="Y147" s="39">
         <v>0</v>
       </c>
       <c r="Z147" s="33">
         <v>-4.8153703703703705</v>
       </c>
       <c r="AA147" s="14">
         <v>-4.3733219760233597</v>
       </c>
       <c r="AB147" s="35">
         <v>16.262362778730704</v>
       </c>
       <c r="AC147" s="16">
         <v>16.226235970129402</v>
       </c>
@@ -21783,51 +21620,51 @@
       <c r="M148" s="24">
         <v>0.72580645161290325</v>
       </c>
       <c r="N148" s="27">
         <v>0.22580645161290322</v>
       </c>
       <c r="O148" s="26">
         <v>4.8387096774193547E-2</v>
       </c>
       <c r="P148" s="22">
         <v>11.457781670661996</v>
       </c>
       <c r="Q148" s="5">
         <v>11.580275</v>
       </c>
       <c r="R148" s="14">
         <v>12.261169904304564</v>
       </c>
       <c r="S148" s="33">
         <v>3.4119218500797448</v>
       </c>
       <c r="T148" s="28">
         <v>2.2452655985570802</v>
       </c>
       <c r="U148" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V148" s="35">
         <v>31.7</v>
       </c>
       <c r="W148" s="39">
         <v>-6.5</v>
       </c>
       <c r="X148" s="33">
         <v>38.299999999999997</v>
       </c>
       <c r="Y148" s="39">
         <v>-2.4</v>
       </c>
       <c r="Z148" s="33">
         <v>-5.2904761904761903</v>
       </c>
       <c r="AA148" s="14">
         <v>-6.4420676730070801</v>
       </c>
       <c r="AB148" s="35">
         <v>10.817978896103897</v>
       </c>
       <c r="AC148" s="16">
         <v>11.368110984529901</v>
       </c>
@@ -21887,51 +21724,51 @@
       <c r="M149" s="24">
         <v>0.78723404255319152</v>
       </c>
       <c r="N149" s="27">
         <v>0.1702127659574468</v>
       </c>
       <c r="O149" s="26">
         <v>4.2553191489361701E-2</v>
       </c>
       <c r="P149" s="22">
         <v>1.6521742849505479</v>
       </c>
       <c r="Q149" s="5">
         <v>9.0333681000000006</v>
       </c>
       <c r="R149" s="14">
         <v>11.406935342206342</v>
       </c>
       <c r="S149" s="33">
         <v>0.25084745762711863</v>
       </c>
       <c r="T149" s="28">
         <v>-0.397054106012728</v>
       </c>
       <c r="U149" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V149" s="35">
         <v>33.4</v>
       </c>
       <c r="W149" s="39">
         <v>-10.3</v>
       </c>
       <c r="X149" s="33">
         <v>39.4</v>
       </c>
       <c r="Y149" s="39">
         <v>-3.5</v>
       </c>
       <c r="Z149" s="33">
         <v>-4.6063612479474552</v>
       </c>
       <c r="AA149" s="14">
         <v>-6.1942025622274297</v>
       </c>
       <c r="AB149" s="35">
         <v>9.3324348334307423</v>
       </c>
       <c r="AC149" s="16">
         <v>10.105812960889301</v>
       </c>
@@ -21991,51 +21828,51 @@
       <c r="M150" s="24">
         <v>0.81818181818181823</v>
       </c>
       <c r="N150" s="27">
         <v>0.13636363636363635</v>
       </c>
       <c r="O150" s="26">
         <v>4.5454545454545456E-2</v>
       </c>
       <c r="P150" s="22">
         <v>7.9640692640692636</v>
       </c>
       <c r="Q150" s="5">
         <v>8.9804095999999998</v>
       </c>
       <c r="R150" s="14">
         <v>10.743806389688526</v>
       </c>
       <c r="S150" s="33">
         <v>-0.9795866499092305</v>
       </c>
       <c r="T150" s="28">
         <v>0.89375000387843095</v>
       </c>
       <c r="U150" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V150" s="35">
         <v>33.1</v>
       </c>
       <c r="W150" s="39">
         <v>-13.8</v>
       </c>
       <c r="X150" s="33">
         <v>38.200000000000003</v>
       </c>
       <c r="Y150" s="39">
         <v>-3.9</v>
       </c>
       <c r="Z150" s="33">
         <v>-1.6187683284457481</v>
       </c>
       <c r="AA150" s="14">
         <v>-1.7113731863956301</v>
       </c>
       <c r="AB150" s="35">
         <v>4.3743978243978239</v>
       </c>
       <c r="AC150" s="16">
         <v>4.6167722104132896</v>
       </c>
@@ -22095,51 +21932,51 @@
       <c r="M151" s="24">
         <v>0.77142857142857146</v>
       </c>
       <c r="N151" s="27">
         <v>8.5714285714285715E-2</v>
       </c>
       <c r="O151" s="26">
         <v>0.14285714285714285</v>
       </c>
       <c r="P151" s="22">
         <v>9.5632890070921981</v>
       </c>
       <c r="Q151" s="5">
         <v>9.1679072999999995</v>
       </c>
       <c r="R151" s="14">
         <v>10.421060400877831</v>
       </c>
       <c r="S151" s="33">
         <v>2.4573307543520313</v>
       </c>
       <c r="T151" s="28">
         <v>2.84226266117716</v>
       </c>
       <c r="U151" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V151" s="35">
         <v>33.700000000000003</v>
       </c>
       <c r="W151" s="39">
         <v>-18.100000000000001</v>
       </c>
       <c r="X151" s="33">
         <v>38.299999999999997</v>
       </c>
       <c r="Y151" s="39">
         <v>-4.4000000000000004</v>
       </c>
       <c r="Z151" s="33">
         <v>-2.2089227023737066</v>
       </c>
       <c r="AA151" s="14">
         <v>-3.6893630043568799</v>
       </c>
       <c r="AB151" s="35">
         <v>5.6221658615136887</v>
       </c>
       <c r="AC151" s="16">
         <v>7.7042782589572703</v>
       </c>
@@ -22199,51 +22036,51 @@
       <c r="M152" s="24">
         <v>0.72972972972972971</v>
       </c>
       <c r="N152" s="27">
         <v>0.13513513513513514</v>
       </c>
       <c r="O152" s="26">
         <v>0.13513513513513514</v>
       </c>
       <c r="P152" s="22">
         <v>11.125326819182284</v>
       </c>
       <c r="Q152" s="5">
         <v>10.419878000000001</v>
       </c>
       <c r="R152" s="14">
         <v>10.461111651506117</v>
       </c>
       <c r="S152" s="33">
         <v>-1.3545454545454545</v>
       </c>
       <c r="T152" s="28">
         <v>-0.769250436615454</v>
       </c>
       <c r="U152" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V152" s="35">
         <v>32.799999999999997</v>
       </c>
       <c r="W152" s="39">
         <v>-16.5</v>
       </c>
       <c r="X152" s="33">
         <v>37.799999999999997</v>
       </c>
       <c r="Y152" s="39">
         <v>-4.0999999999999996</v>
       </c>
       <c r="Z152" s="33">
         <v>-2.4310302037142106</v>
       </c>
       <c r="AA152" s="14">
         <v>-3.0216096216009598</v>
       </c>
       <c r="AB152" s="35">
         <v>11.092975937280528</v>
       </c>
       <c r="AC152" s="16">
         <v>11.415435070243401</v>
       </c>
@@ -22303,51 +22140,51 @@
       <c r="M153" s="24">
         <v>0.62790697674418605</v>
       </c>
       <c r="N153" s="27">
         <v>0.20930232558139536</v>
       </c>
       <c r="O153" s="26">
         <v>0.16279069767441862</v>
       </c>
       <c r="P153" s="22">
         <v>7.3243302591128678</v>
       </c>
       <c r="Q153" s="5">
         <v>8.4413415000000001</v>
       </c>
       <c r="R153" s="14">
         <v>10.796219517961507</v>
       </c>
       <c r="S153" s="33">
         <v>-2.0312320136890412</v>
       </c>
       <c r="T153" s="28">
         <v>-0.249977712444509</v>
       </c>
       <c r="U153" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V153" s="35">
         <v>31.7</v>
       </c>
       <c r="W153" s="39">
         <v>-12.7</v>
       </c>
       <c r="X153" s="33">
         <v>37.799999999999997</v>
       </c>
       <c r="Y153" s="39">
         <v>-6.2</v>
       </c>
       <c r="Z153" s="33">
         <v>-4.5561857707509885</v>
       </c>
       <c r="AA153" s="14">
         <v>-4.0866140485285598</v>
       </c>
       <c r="AB153" s="35">
         <v>13.02217343380134</v>
       </c>
       <c r="AC153" s="16">
         <v>12.751410496434</v>
       </c>
@@ -22407,51 +22244,51 @@
       <c r="M154" s="24">
         <v>0.58333333333333337</v>
       </c>
       <c r="N154" s="27">
         <v>0.16666666666666666</v>
       </c>
       <c r="O154" s="26">
         <v>0.25</v>
       </c>
       <c r="P154" s="22">
         <v>14.913202716823406</v>
       </c>
       <c r="Q154" s="5">
         <v>12.921184</v>
       </c>
       <c r="R154" s="14">
         <v>11.355676926883495</v>
       </c>
       <c r="S154" s="33">
         <v>-2.2014408866995074</v>
       </c>
       <c r="T154" s="28">
         <v>-0.60158800065391604</v>
       </c>
       <c r="U154" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V154" s="35">
         <v>32.1</v>
       </c>
       <c r="W154" s="39">
         <v>-10.6</v>
       </c>
       <c r="X154" s="33">
         <v>38.299999999999997</v>
       </c>
       <c r="Y154" s="39">
         <v>-5.4</v>
       </c>
       <c r="Z154" s="33">
         <v>-4.4715772179627598</v>
       </c>
       <c r="AA154" s="14">
         <v>-4.5326302080141003</v>
       </c>
       <c r="AB154" s="35">
         <v>11.839451544623957</v>
       </c>
       <c r="AC154" s="16">
         <v>12.105491246015101</v>
       </c>
@@ -22511,51 +22348,51 @@
       <c r="M155" s="24">
         <v>0.52542372881355937</v>
       </c>
       <c r="N155" s="27">
         <v>0.22033898305084745</v>
       </c>
       <c r="O155" s="26">
         <v>0.25423728813559321</v>
       </c>
       <c r="P155" s="22">
         <v>15.110585161964472</v>
       </c>
       <c r="Q155" s="5">
         <v>13.979236</v>
       </c>
       <c r="R155" s="14">
         <v>11.899361120166139</v>
       </c>
       <c r="S155" s="33">
         <v>3.804745484400657</v>
       </c>
       <c r="T155" s="28">
         <v>2.9426263204818</v>
       </c>
       <c r="U155" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V155" s="35">
         <v>31.147540983606557</v>
       </c>
       <c r="W155" s="39">
         <v>-8.8992974238875888</v>
       </c>
       <c r="X155" s="33">
         <v>38.051044083526683</v>
       </c>
       <c r="Y155" s="39">
         <v>-6.4965197215777257</v>
       </c>
       <c r="Z155" s="33">
         <v>-1.88461112353925</v>
       </c>
       <c r="AA155" s="14">
         <v>-1.6936314485833499</v>
       </c>
       <c r="AB155" s="35">
         <v>10.31760918944827</v>
       </c>
       <c r="AC155" s="16">
         <v>10.826085316675</v>
       </c>
@@ -22615,51 +22452,51 @@
       <c r="M156" s="24">
         <v>0.58771186440677969</v>
       </c>
       <c r="N156" s="27">
         <v>0.19766949152542374</v>
       </c>
       <c r="O156" s="26">
         <v>0.2146186440677966</v>
       </c>
       <c r="P156" s="22">
         <v>14.439495299905104</v>
       </c>
       <c r="Q156" s="5">
         <v>13.120132</v>
       </c>
       <c r="R156" s="14">
         <v>12.299775747841371</v>
       </c>
       <c r="S156" s="33">
         <v>2.7690796621460541</v>
       </c>
       <c r="T156" s="28">
         <v>2.1030807301110102</v>
       </c>
       <c r="U156" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V156" s="35">
         <v>31.621067789100575</v>
       </c>
       <c r="W156" s="39">
         <v>-9.8550541173491997</v>
       </c>
       <c r="X156" s="33">
         <v>38.626850945417821</v>
       </c>
       <c r="Y156" s="39">
         <v>-5.9060671697589662</v>
       </c>
       <c r="Z156" s="33">
         <v>-3.7113651688292322</v>
       </c>
       <c r="AA156" s="14">
         <v>-2.7944801290905898</v>
       </c>
       <c r="AB156" s="35">
         <v>11.911797018966558</v>
       </c>
       <c r="AC156" s="16">
         <v>11.626203872934999</v>
       </c>
@@ -22719,51 +22556,51 @@
       <c r="M157" s="24">
         <v>0.65</v>
       </c>
       <c r="N157" s="27">
         <v>0.17499999999999999</v>
       </c>
       <c r="O157" s="26">
         <v>0.17499999999999999</v>
       </c>
       <c r="P157" s="22">
         <v>13.768405437845736</v>
       </c>
       <c r="Q157" s="5">
         <v>12.655409000000001</v>
       </c>
       <c r="R157" s="14">
         <v>12.579055746260099</v>
       </c>
       <c r="S157" s="33">
         <v>1.7334138398914516</v>
       </c>
       <c r="T157" s="28">
         <v>0.66293130656557797</v>
       </c>
       <c r="U157" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V157" s="35">
         <v>32.094594594594597</v>
       </c>
       <c r="W157" s="39">
         <v>-10.810810810810811</v>
       </c>
       <c r="X157" s="33">
         <v>39.202657807308974</v>
       </c>
       <c r="Y157" s="39">
         <v>-5.3156146179402004</v>
       </c>
       <c r="Z157" s="33">
         <v>-5.5381192141192148</v>
       </c>
       <c r="AA157" s="14">
         <v>-3.9272623534065398</v>
       </c>
       <c r="AB157" s="35">
         <v>13.505984848484847</v>
       </c>
       <c r="AC157" s="16">
         <v>10.7494659370369</v>
       </c>
@@ -22823,51 +22660,51 @@
       <c r="M158" s="50">
         <v>0.68571428571428572</v>
       </c>
       <c r="N158" s="45">
         <v>0.11428571428571428</v>
       </c>
       <c r="O158" s="46">
         <v>0.2</v>
       </c>
       <c r="P158" s="22">
         <v>15.413555555555559</v>
       </c>
       <c r="Q158" s="5">
         <v>13.960381999999999</v>
       </c>
       <c r="R158" s="14">
         <v>12.818354487180327</v>
       </c>
       <c r="S158" s="33">
         <v>0.58590476190476171</v>
       </c>
       <c r="T158" s="28">
         <v>1.0576309555922201</v>
       </c>
       <c r="U158" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V158" s="35">
         <v>33.4</v>
       </c>
       <c r="W158" s="39">
         <v>-12.3</v>
       </c>
       <c r="X158" s="33">
         <v>40.4</v>
       </c>
       <c r="Y158" s="39">
         <v>-3.7</v>
       </c>
       <c r="Z158" s="33">
         <v>-5.9109589041095898</v>
       </c>
       <c r="AA158" s="14">
         <v>-5.0514132366412703</v>
       </c>
       <c r="AB158" s="35">
         <v>8.980251141552511</v>
       </c>
       <c r="AC158" s="16">
         <v>7.1833354371742297</v>
       </c>
@@ -22927,51 +22764,51 @@
       <c r="M159" s="50">
         <v>0.71186440677966101</v>
       </c>
       <c r="N159" s="45">
         <v>0.13559322033898305</v>
       </c>
       <c r="O159" s="46">
         <v>0.15254237288135594</v>
       </c>
       <c r="P159" s="22">
         <v>10.171785714285713</v>
       </c>
       <c r="Q159" s="5">
         <v>8.7938475999999994</v>
       </c>
       <c r="R159" s="14">
         <v>13.104318382197459</v>
       </c>
       <c r="S159" s="33">
         <v>-3.8731792717086835</v>
       </c>
       <c r="T159" s="28">
         <v>-5.1853436191536604</v>
       </c>
       <c r="U159" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V159" s="35">
         <v>32.5</v>
       </c>
       <c r="W159" s="39">
         <v>-12.6</v>
       </c>
       <c r="X159" s="33">
         <v>39.9</v>
       </c>
       <c r="Y159" s="39">
         <v>-4</v>
       </c>
       <c r="Z159" s="33">
         <v>-3.6235714285714287</v>
       </c>
       <c r="AA159" s="14">
         <v>-2.9336053631276702</v>
       </c>
       <c r="AB159" s="35">
         <v>7.8755035128805631</v>
       </c>
       <c r="AC159" s="16">
         <v>7.0472761733895002</v>
       </c>
@@ -23031,51 +22868,51 @@
       <c r="M160" s="50">
         <v>0.72580645161290325</v>
       </c>
       <c r="N160" s="45">
         <v>0.14516129032258066</v>
       </c>
       <c r="O160" s="46">
         <v>0.12903225806451613</v>
       </c>
       <c r="P160" s="22">
         <v>10.26</v>
       </c>
       <c r="Q160" s="5">
         <v>10.530453</v>
       </c>
       <c r="R160" s="14">
         <v>13.605754095627747</v>
       </c>
       <c r="S160" s="33">
         <v>2.2400000000000002</v>
       </c>
       <c r="T160" s="28">
         <v>0.95947565523607903</v>
       </c>
       <c r="U160" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V160" s="35">
         <v>32.700000000000003</v>
       </c>
       <c r="W160" s="39">
         <v>-11.4</v>
       </c>
       <c r="X160" s="33">
         <v>39.200000000000003</v>
       </c>
       <c r="Y160" s="39">
         <v>-3.3</v>
       </c>
       <c r="Z160" s="33">
         <v>-2.2400000000000002</v>
       </c>
       <c r="AA160" s="14">
         <v>-3.2910973682078</v>
       </c>
       <c r="AB160" s="35">
         <v>8.2200000000000006</v>
       </c>
       <c r="AC160" s="16">
         <v>9.0220255865619592</v>
       </c>
@@ -23135,51 +22972,51 @@
       <c r="M161" s="50">
         <v>0.77192982456140347</v>
       </c>
       <c r="N161" s="45">
         <v>0.15789473684210525</v>
       </c>
       <c r="O161" s="46">
         <v>7.0175438596491224E-2</v>
       </c>
       <c r="P161" s="22">
         <v>7.6406523297491038</v>
       </c>
       <c r="Q161" s="5">
         <v>15.156167</v>
       </c>
       <c r="R161" s="14">
         <v>14.18136248011856</v>
       </c>
       <c r="S161" s="33">
         <v>-4.5374265232974915</v>
       </c>
       <c r="T161" s="28">
         <v>-5.2911876764562003</v>
       </c>
       <c r="U161" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V161" s="35">
         <v>34.5</v>
       </c>
       <c r="W161" s="39">
         <v>-13.5</v>
       </c>
       <c r="X161" s="33">
         <v>40.5</v>
       </c>
       <c r="Y161" s="39">
         <v>-3.1</v>
       </c>
       <c r="Z161" s="33">
         <v>0.24111380145278416</v>
       </c>
       <c r="AA161" s="14">
         <v>-0.68801149360078495</v>
       </c>
       <c r="AB161" s="35">
         <v>10.922474289787191</v>
       </c>
       <c r="AC161" s="16">
         <v>11.7461519013369</v>
       </c>
@@ -23239,51 +23076,51 @@
       <c r="M162" s="50">
         <v>0.72727272727272729</v>
       </c>
       <c r="N162" s="45">
         <v>0.18181818181818182</v>
       </c>
       <c r="O162" s="46">
         <v>9.0909090909090912E-2</v>
       </c>
       <c r="P162" s="22">
         <v>16.566237785132202</v>
       </c>
       <c r="Q162" s="5">
         <v>17.406137999999999</v>
       </c>
       <c r="R162" s="14">
         <v>14.468599705178574</v>
       </c>
       <c r="S162" s="33">
         <v>-0.84211764705882342</v>
       </c>
       <c r="T162" s="28">
         <v>0.56341966108332897</v>
       </c>
       <c r="U162" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V162" s="35">
         <v>36</v>
       </c>
       <c r="W162" s="39">
         <v>-14.1</v>
       </c>
       <c r="X162" s="33">
         <v>41.1</v>
       </c>
       <c r="Y162" s="39">
         <v>-2.4</v>
       </c>
       <c r="Z162" s="33">
         <v>6.1327830365862823</v>
       </c>
       <c r="AA162" s="14">
         <v>6.9989662728809998</v>
       </c>
       <c r="AB162" s="35">
         <v>9.0879918864097355</v>
       </c>
       <c r="AC162" s="16">
         <v>9.9247052105515294</v>
       </c>
@@ -23343,51 +23180,51 @@
       <c r="M163" s="50">
         <v>0.72549019607843135</v>
       </c>
       <c r="N163" s="45">
         <v>0.13725490196078433</v>
       </c>
       <c r="O163" s="46">
         <v>0.13725490196078433</v>
       </c>
       <c r="P163" s="22">
         <v>19.121142259275253</v>
       </c>
       <c r="Q163" s="5">
         <v>18.57929</v>
       </c>
       <c r="R163" s="14">
         <v>14.175051761890648</v>
       </c>
       <c r="S163" s="33">
         <v>0.93616318464144532</v>
       </c>
       <c r="T163" s="28">
         <v>1.12094341032883</v>
       </c>
       <c r="U163" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V163" s="35">
         <v>35.700000000000003</v>
       </c>
       <c r="W163" s="39">
         <v>-17.5</v>
       </c>
       <c r="X163" s="33">
         <v>40.299999999999997</v>
       </c>
       <c r="Y163" s="39">
         <v>-4.5999999999999996</v>
       </c>
       <c r="Z163" s="33">
         <v>4.2526785714285715</v>
       </c>
       <c r="AA163" s="14">
         <v>2.4727540719274499</v>
       </c>
       <c r="AB163" s="35">
         <v>10.42967654986523</v>
       </c>
       <c r="AC163" s="16">
         <v>12.331091701855399</v>
       </c>
@@ -23447,51 +23284,51 @@
       <c r="M164" s="50">
         <v>0.75</v>
       </c>
       <c r="N164" s="45">
         <v>0.140625</v>
       </c>
       <c r="O164" s="46">
         <v>0.109375</v>
       </c>
       <c r="P164" s="22">
         <v>12.594156669944281</v>
       </c>
       <c r="Q164" s="5">
         <v>11.755991</v>
       </c>
       <c r="R164" s="14">
         <v>13.219638331612559</v>
       </c>
       <c r="S164" s="33">
         <v>-1.2964285714285715</v>
       </c>
       <c r="T164" s="28">
         <v>-1.2174171747373701</v>
       </c>
       <c r="U164" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V164" s="35">
         <v>33.799999999999997</v>
       </c>
       <c r="W164" s="39">
         <v>-19.2</v>
       </c>
       <c r="X164" s="33">
         <v>39.299999999999997</v>
       </c>
       <c r="Y164" s="39">
         <v>-7.2</v>
       </c>
       <c r="Z164" s="33">
         <v>-3.0666666666666673</v>
       </c>
       <c r="AA164" s="14">
         <v>-4.4705191062536596</v>
       </c>
       <c r="AB164" s="35">
         <v>10.102564102564102</v>
       </c>
       <c r="AC164" s="16">
         <v>11.4307137793908</v>
       </c>
@@ -23551,51 +23388,51 @@
       <c r="M165" s="50">
         <v>0.79104477611940294</v>
       </c>
       <c r="N165" s="45">
         <v>0.14925373134328357</v>
       </c>
       <c r="O165" s="46">
         <v>5.9701492537313432E-2</v>
       </c>
       <c r="P165" s="22">
         <v>10.593720821661998</v>
       </c>
       <c r="Q165" s="5">
         <v>11.509259999999999</v>
       </c>
       <c r="R165" s="14">
         <v>11.838130767508524</v>
       </c>
       <c r="S165" s="33">
         <v>-1.1901960784313728</v>
       </c>
       <c r="T165" s="28">
         <v>0.377186252023409</v>
       </c>
       <c r="U165" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V165" s="35">
         <v>33.299999999999997</v>
       </c>
       <c r="W165" s="39">
         <v>-20.3</v>
       </c>
       <c r="X165" s="33">
         <v>40.4</v>
       </c>
       <c r="Y165" s="39">
         <v>-8.1</v>
       </c>
       <c r="Z165" s="33">
         <v>-1.6388865979381446</v>
       </c>
       <c r="AA165" s="14">
         <v>-1.64376105002241</v>
       </c>
       <c r="AB165" s="35">
         <v>9.6167407407407399</v>
       </c>
       <c r="AC165" s="16">
         <v>9.4717301857549892</v>
       </c>
@@ -23655,51 +23492,51 @@
       <c r="M166" s="50">
         <v>0.70967741935483875</v>
       </c>
       <c r="N166" s="45">
         <v>0.19354838709677419</v>
       </c>
       <c r="O166" s="46">
         <v>9.6774193548387094E-2</v>
       </c>
       <c r="P166" s="22">
         <v>18.975810035842294</v>
       </c>
       <c r="Q166" s="5">
         <v>16.781911999999998</v>
       </c>
       <c r="R166" s="14">
         <v>10.161002053562003</v>
       </c>
       <c r="S166" s="33">
         <v>-3.8073949169110453</v>
       </c>
       <c r="T166" s="28">
         <v>-2.4280705211771401</v>
       </c>
       <c r="U166" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V166" s="35">
         <v>32.9</v>
       </c>
       <c r="W166" s="39">
         <v>-20.2</v>
       </c>
       <c r="X166" s="33">
         <v>41.1</v>
       </c>
       <c r="Y166" s="39">
         <v>-5.2</v>
       </c>
       <c r="Z166" s="33">
         <v>3.5200178448867536</v>
       </c>
       <c r="AA166" s="14">
         <v>2.4273116340991399</v>
       </c>
       <c r="AB166" s="35">
         <v>5.5005345859660792</v>
       </c>
       <c r="AC166" s="16">
         <v>6.5630592505461802</v>
       </c>
@@ -23759,51 +23596,51 @@
       <c r="M167" s="50">
         <v>0.6987951807228916</v>
       </c>
       <c r="N167" s="45">
         <v>0.19277108433734941</v>
       </c>
       <c r="O167" s="46">
         <v>0.10843373493975904</v>
       </c>
       <c r="P167" s="22">
         <v>11.23663799283154</v>
       </c>
       <c r="Q167" s="5">
         <v>10.213149</v>
       </c>
       <c r="R167" s="14">
         <v>8.2950654063097922</v>
       </c>
       <c r="S167" s="33">
         <v>-0.34245519713261618</v>
       </c>
       <c r="T167" s="28">
         <v>-1.4934808640560799</v>
       </c>
       <c r="U167" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V167" s="35">
         <v>32.5</v>
       </c>
       <c r="W167" s="39">
         <v>-19.8</v>
       </c>
       <c r="X167" s="33">
         <v>41.7</v>
       </c>
       <c r="Y167" s="39">
         <v>-3.8</v>
       </c>
       <c r="Z167" s="33">
         <v>3.3820178448867537</v>
       </c>
       <c r="AA167" s="14">
         <v>4.59678383503846</v>
       </c>
       <c r="AB167" s="35">
         <v>7.3631119055537084</v>
       </c>
       <c r="AC167" s="16">
         <v>7.2969958438283404</v>
       </c>
@@ -23863,51 +23700,51 @@
       <c r="M168" s="50">
         <v>0.74683348779734327</v>
       </c>
       <c r="N168" s="45">
         <v>0.17330861909175163</v>
       </c>
       <c r="O168" s="46">
         <v>7.9857893110905159E-2</v>
       </c>
       <c r="P168" s="22">
         <v>3.4983189964157697</v>
       </c>
       <c r="Q168" s="5">
         <v>2.2641388</v>
       </c>
       <c r="R168" s="14">
         <v>6.8234584988669624</v>
       </c>
       <c r="S168" s="33">
         <v>-5.9993493735921071</v>
       </c>
       <c r="T168" s="28">
         <v>-6.48621841473462</v>
       </c>
       <c r="U168" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V168" s="35">
         <v>31.8</v>
       </c>
       <c r="W168" s="39">
         <v>-20</v>
       </c>
       <c r="X168" s="33">
         <v>41.4</v>
       </c>
       <c r="Y168" s="39">
         <v>-6.1</v>
       </c>
       <c r="Z168" s="33">
         <v>5.7504206871492594</v>
       </c>
       <c r="AA168" s="14">
         <v>7.0789350601496501</v>
       </c>
       <c r="AB168" s="35">
         <v>4.3685991147887941</v>
       </c>
       <c r="AC168" s="16">
         <v>3.42832113103346</v>
       </c>
@@ -23967,51 +23804,51 @@
       <c r="M169" s="50">
         <v>0.79487179487179482</v>
       </c>
       <c r="N169" s="45">
         <v>0.15384615384615385</v>
       </c>
       <c r="O169" s="46">
         <v>5.128205128205128E-2</v>
       </c>
       <c r="P169" s="22">
         <v>-3.2098387096774195</v>
       </c>
       <c r="Q169" s="5">
         <v>-4.2422988000000004</v>
       </c>
       <c r="R169" s="14">
         <v>6.4673106297939178</v>
       </c>
       <c r="S169" s="33">
         <v>-10.84552125506073</v>
       </c>
       <c r="T169" s="28">
         <v>-11.4516664681653</v>
       </c>
       <c r="U169" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V169" s="35">
         <v>31.1</v>
       </c>
       <c r="W169" s="39">
         <v>-20.3</v>
       </c>
       <c r="X169" s="33">
         <v>41.1</v>
       </c>
       <c r="Y169" s="39">
         <v>-8.4</v>
       </c>
       <c r="Z169" s="33">
         <v>6.5983777442600973</v>
       </c>
       <c r="AA169" s="14">
         <v>7.3074629736985504</v>
       </c>
       <c r="AB169" s="35">
         <v>0.50322960896613089</v>
       </c>
       <c r="AC169" s="16">
         <v>-2.6453876699685801</v>
       </c>
@@ -24071,51 +23908,51 @@
       <c r="M170" s="50">
         <v>0.72916666666666663</v>
       </c>
       <c r="N170" s="45">
         <v>0.22916666666666666</v>
       </c>
       <c r="O170" s="46">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="P170" s="22">
         <v>-3.2895499618611748</v>
       </c>
       <c r="Q170" s="5">
         <v>-4.5494479999999999</v>
       </c>
       <c r="R170" s="14">
         <v>7.6197424862217824</v>
       </c>
       <c r="S170" s="33">
         <v>-5.3909523809523812</v>
       </c>
       <c r="T170" s="28">
         <v>-3.6039892135039202</v>
       </c>
       <c r="U170" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V170" s="35">
         <v>30.5</v>
       </c>
       <c r="W170" s="39">
         <v>-19.399999999999999</v>
       </c>
       <c r="X170" s="33">
         <v>40.799999999999997</v>
       </c>
       <c r="Y170" s="39">
         <v>-3.2</v>
       </c>
       <c r="Z170" s="33">
         <v>7.6349397590361461</v>
       </c>
       <c r="AA170" s="14">
         <v>8.1335227726636194</v>
       </c>
       <c r="AB170" s="35">
         <v>6.0566265060240978</v>
       </c>
       <c r="AC170" s="16">
         <v>4.3484457334510802</v>
       </c>
@@ -24175,51 +24012,51 @@
       <c r="M171" s="50">
         <v>0.77142857142857146</v>
       </c>
       <c r="N171" s="45">
         <v>0.18571428571428572</v>
       </c>
       <c r="O171" s="46">
         <v>4.2857142857142858E-2</v>
       </c>
       <c r="P171" s="22">
         <v>20.230641025641024</v>
       </c>
       <c r="Q171" s="5">
         <v>18.869634000000001</v>
       </c>
       <c r="R171" s="14">
         <v>9.903399256735355</v>
       </c>
       <c r="S171" s="33">
         <v>0.18634615384615438</v>
       </c>
       <c r="T171" s="28">
         <v>-0.90677316844015798</v>
       </c>
       <c r="U171" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V171" s="35">
         <v>30.6</v>
       </c>
       <c r="W171" s="39">
         <v>-20</v>
       </c>
       <c r="X171" s="33">
         <v>39.700000000000003</v>
       </c>
       <c r="Y171" s="39">
         <v>-1</v>
       </c>
       <c r="Z171" s="33">
         <v>5.7208299595141714</v>
       </c>
       <c r="AA171" s="14">
         <v>6.4564373353461502</v>
       </c>
       <c r="AB171" s="35">
         <v>7.5441025641025643</v>
       </c>
       <c r="AC171" s="16">
         <v>6.2269551881491996</v>
       </c>
@@ -24279,51 +24116,51 @@
       <c r="M172" s="50">
         <v>0.77333333333333332</v>
       </c>
       <c r="N172" s="45">
         <v>0.21333333333333335</v>
       </c>
       <c r="O172" s="46">
         <v>1.3333333333333334E-2</v>
       </c>
       <c r="P172" s="22">
         <v>17.69846153846154</v>
       </c>
       <c r="Q172" s="5">
         <v>18.077891000000001</v>
       </c>
       <c r="R172" s="14">
         <v>12.065444799975413</v>
       </c>
       <c r="S172" s="33">
         <v>-0.3538461538461537</v>
       </c>
       <c r="T172" s="28">
         <v>-1.7730641550422599</v>
       </c>
       <c r="U172" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V172" s="35">
         <v>29.7</v>
       </c>
       <c r="W172" s="39">
         <v>-19.3</v>
       </c>
       <c r="X172" s="33">
         <v>39.9</v>
       </c>
       <c r="Y172" s="39">
         <v>2.5</v>
       </c>
       <c r="Z172" s="33">
         <v>7.9871794871794881</v>
       </c>
       <c r="AA172" s="14">
         <v>6.6986723791229297</v>
       </c>
       <c r="AB172" s="35">
         <v>3.8888888888888888</v>
       </c>
       <c r="AC172" s="16">
         <v>5.0556403032253199</v>
       </c>
@@ -24383,51 +24220,51 @@
       <c r="M173" s="50">
         <v>0.71084337349397586</v>
       </c>
       <c r="N173" s="45">
         <v>0.24096385542168675</v>
       </c>
       <c r="O173" s="46">
         <v>4.8192771084337352E-2</v>
       </c>
       <c r="P173" s="22">
         <v>10.247035829307569</v>
       </c>
       <c r="Q173" s="5">
         <v>17.916784</v>
       </c>
       <c r="R173" s="14">
         <v>13.498095833810407</v>
       </c>
       <c r="S173" s="33">
         <v>1.6688107890499198</v>
       </c>
       <c r="T173" s="28">
         <v>0.81918380284078096</v>
       </c>
       <c r="U173" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V173" s="35">
         <v>30.7</v>
       </c>
       <c r="W173" s="39">
         <v>-15.7</v>
       </c>
       <c r="X173" s="33">
         <v>39.9</v>
       </c>
       <c r="Y173" s="39">
         <v>0.5</v>
       </c>
       <c r="Z173" s="33">
         <v>8.9835648148148142</v>
       </c>
       <c r="AA173" s="14">
         <v>9.3731598066780304</v>
       </c>
       <c r="AB173" s="35">
         <v>-0.97725389863547751</v>
       </c>
       <c r="AC173" s="16">
         <v>-0.82020651643445497</v>
       </c>
@@ -24487,51 +24324,51 @@
       <c r="M174" s="50">
         <v>0.63636363636363635</v>
       </c>
       <c r="N174" s="45">
         <v>0.2857142857142857</v>
       </c>
       <c r="O174" s="46">
         <v>7.792207792207792E-2</v>
       </c>
       <c r="P174" s="22">
         <v>17.16711259754738</v>
       </c>
       <c r="Q174" s="5">
         <v>17.899028000000001</v>
       </c>
       <c r="R174" s="14">
         <v>14.026119162441494</v>
       </c>
       <c r="S174" s="33">
         <v>1.0885714285714287</v>
       </c>
       <c r="T174" s="28">
         <v>2.2650022174813902</v>
       </c>
       <c r="U174" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V174" s="35">
         <v>30.5</v>
       </c>
       <c r="W174" s="39">
         <v>-12</v>
       </c>
       <c r="X174" s="33">
         <v>40.6</v>
       </c>
       <c r="Y174" s="39">
         <v>-3.6</v>
       </c>
       <c r="Z174" s="33">
         <v>0.64347826086956517</v>
       </c>
       <c r="AA174" s="14">
         <v>2.7695141657622502</v>
       </c>
       <c r="AB174" s="35">
         <v>-3.5122957746478871</v>
       </c>
       <c r="AC174" s="16">
         <v>-2.46699543974387</v>
       </c>
@@ -24591,51 +24428,51 @@
       <c r="M175" s="50">
         <v>0.58181818181818179</v>
       </c>
       <c r="N175" s="45">
         <v>0.30909090909090908</v>
       </c>
       <c r="O175" s="46">
         <v>0.10909090909090909</v>
       </c>
       <c r="P175" s="22">
         <v>8.9425925925925931</v>
       </c>
       <c r="Q175" s="5">
         <v>8.3122247999999992</v>
       </c>
       <c r="R175" s="14">
         <v>13.792172825047498</v>
       </c>
       <c r="S175" s="33">
         <v>0.94944444444444454</v>
       </c>
       <c r="T175" s="28">
         <v>0.91897705495059101</v>
       </c>
       <c r="U175" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V175" s="35">
         <v>32.299999999999997</v>
       </c>
       <c r="W175" s="39">
         <v>-11.5</v>
       </c>
       <c r="X175" s="33">
         <v>38.299999999999997</v>
       </c>
       <c r="Y175" s="39">
         <v>-5.3</v>
       </c>
       <c r="Z175" s="33">
         <v>1.9486243386243387</v>
       </c>
       <c r="AA175" s="14">
         <v>0.17714724082193001</v>
       </c>
       <c r="AB175" s="35">
         <v>1.8989317385796258</v>
       </c>
       <c r="AC175" s="16">
         <v>3.6500514340152401</v>
       </c>
@@ -24695,51 +24532,51 @@
       <c r="M176" s="50">
         <v>0.61224489795918369</v>
       </c>
       <c r="N176" s="45">
         <v>0.2857142857142857</v>
       </c>
       <c r="O176" s="46">
         <v>0.10204081632653061</v>
       </c>
       <c r="P176" s="22">
         <v>15.017657685241886</v>
       </c>
       <c r="Q176" s="5">
         <v>14.066995</v>
       </c>
       <c r="R176" s="14">
         <v>13.217541395883377</v>
       </c>
       <c r="S176" s="33">
         <v>-9.7746478873239617E-2</v>
       </c>
       <c r="T176" s="28">
         <v>-0.57846003416358105</v>
       </c>
       <c r="U176" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V176" s="35">
         <v>30.4</v>
       </c>
       <c r="W176" s="39">
         <v>-11.7</v>
       </c>
       <c r="X176" s="33">
         <v>35.700000000000003</v>
       </c>
       <c r="Y176" s="39">
         <v>-7.4</v>
       </c>
       <c r="Z176" s="33">
         <v>1.4462216778934476</v>
       </c>
       <c r="AA176" s="14">
         <v>-0.123209024341563</v>
       </c>
       <c r="AB176" s="35">
         <v>4.7453140096618354</v>
       </c>
       <c r="AC176" s="16">
         <v>7.0267951931639399</v>
       </c>
@@ -24799,51 +24636,51 @@
       <c r="M177" s="50">
         <v>0.60377358490566035</v>
       </c>
       <c r="N177" s="45">
         <v>0.30188679245283018</v>
       </c>
       <c r="O177" s="46">
         <v>9.4339622641509441E-2</v>
       </c>
       <c r="P177" s="22">
         <v>13.899107142857144</v>
       </c>
       <c r="Q177" s="5">
         <v>14.638196000000001</v>
       </c>
       <c r="R177" s="14">
         <v>12.329268584092764</v>
       </c>
       <c r="S177" s="33">
         <v>-4.2476190476190476</v>
       </c>
       <c r="T177" s="28">
         <v>-2.7593434428025598</v>
       </c>
       <c r="U177" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V177" s="35">
         <v>29.4</v>
       </c>
       <c r="W177" s="39">
         <v>-13.1</v>
       </c>
       <c r="X177" s="33">
         <v>32.5</v>
       </c>
       <c r="Y177" s="39">
         <v>-6.1</v>
       </c>
       <c r="Z177" s="33">
         <v>-3.2374999999999998</v>
       </c>
       <c r="AA177" s="14">
         <v>-3.8896755468144102</v>
       </c>
       <c r="AB177" s="35">
         <v>9.1129304029304041</v>
       </c>
       <c r="AC177" s="16">
         <v>8.9048094779165794</v>
       </c>
@@ -24903,51 +24740,51 @@
       <c r="M178" s="50">
         <v>0.5757575757575758</v>
       </c>
       <c r="N178" s="45">
         <v>0.30303030303030304</v>
       </c>
       <c r="O178" s="46">
         <v>0.12121212121212122</v>
       </c>
       <c r="P178" s="22">
         <v>12.008424725822533</v>
       </c>
       <c r="Q178" s="5">
         <v>9.7118038000000002</v>
       </c>
       <c r="R178" s="14">
         <v>11.215509868899629</v>
       </c>
       <c r="S178" s="33">
         <v>-3.1308771929824566</v>
       </c>
       <c r="T178" s="28">
         <v>-2.26497704732301</v>
       </c>
       <c r="U178" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V178" s="35">
         <v>26.5</v>
       </c>
       <c r="W178" s="39">
         <v>-8.8000000000000007</v>
       </c>
       <c r="X178" s="33">
         <v>31.3</v>
       </c>
       <c r="Y178" s="39">
         <v>-4.4000000000000004</v>
       </c>
       <c r="Z178" s="33">
         <v>-4.6517750257997941</v>
       </c>
       <c r="AA178" s="14">
         <v>-6.7349388873570701</v>
       </c>
       <c r="AB178" s="35">
         <v>11.133486382956395</v>
       </c>
       <c r="AC178" s="16">
         <v>13.265195614294999</v>
       </c>
@@ -25007,204 +24844,193 @@
       <c r="M179" s="50">
         <v>0.55000000000000004</v>
       </c>
       <c r="N179" s="45">
         <v>0.3</v>
       </c>
       <c r="O179" s="46">
         <v>0.15</v>
       </c>
       <c r="P179" s="22">
         <v>10.290940336884084</v>
       </c>
       <c r="Q179" s="5">
         <v>9.4226724999999991</v>
       </c>
       <c r="R179" s="14">
         <v>10.130530615564428</v>
       </c>
       <c r="S179" s="33">
         <v>-1.5934262125903</v>
       </c>
       <c r="T179" s="28">
         <v>-3.0340524156598701</v>
       </c>
       <c r="U179" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V179" s="35">
         <v>27.6</v>
       </c>
       <c r="W179" s="39">
         <v>-10</v>
       </c>
       <c r="X179" s="33">
         <v>32.6</v>
       </c>
       <c r="Y179" s="39">
         <v>-4</v>
       </c>
       <c r="Z179" s="33">
         <v>-15.87089783281734</v>
       </c>
       <c r="AA179" s="14">
         <v>-14.150719255141199</v>
       </c>
       <c r="AB179" s="35">
         <v>17.122430078186493</v>
       </c>
       <c r="AC179" s="16">
         <v>16.675694145203099</v>
       </c>
       <c r="AD179" s="39">
         <v>25.61</v>
       </c>
       <c r="AE179" s="5">
         <v>3.463855421686747</v>
       </c>
       <c r="AF179" s="47">
         <v>1.6054216867469879</v>
       </c>
       <c r="AG179" s="47">
         <v>1.3192771084337349</v>
       </c>
       <c r="AH179" s="47">
         <v>2.6415662650602409</v>
       </c>
     </row>
     <row r="180" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A180" s="12">
         <v>43680</v>
       </c>
       <c r="B180" s="33">
-        <f>(B179+B181)/2</f>
         <v>-2.4034789088197832</v>
       </c>
       <c r="C180" s="13">
         <v>-2.1664864000000001</v>
       </c>
       <c r="D180" s="14">
         <v>1.4521643552019519</v>
       </c>
       <c r="E180" s="33">
-        <f>(E179+E181)/2</f>
         <v>4.6244547452285492</v>
       </c>
       <c r="F180" s="13">
         <v>3.6522508999999999</v>
       </c>
       <c r="G180" s="14">
         <v>2.2250544552658158</v>
       </c>
       <c r="H180" s="33">
-        <f>(H179+H181)/2</f>
         <v>4.6064767708204943</v>
       </c>
       <c r="I180" s="23">
         <v>1.1230978273084999</v>
       </c>
       <c r="J180" s="44">
         <v>7.1428571428571425E-2</v>
       </c>
       <c r="K180" s="45">
         <v>0.2857142857142857</v>
       </c>
       <c r="L180" s="46">
         <v>0.64286428571428567</v>
       </c>
       <c r="M180" s="50">
         <v>0.59551282051282062</v>
       </c>
       <c r="N180" s="45">
         <v>0.29102564102564099</v>
       </c>
       <c r="O180" s="46">
         <v>0.11346153846153846</v>
       </c>
       <c r="P180" s="33">
-        <f>(P179+P181)/2</f>
         <v>13.460695732351816</v>
       </c>
       <c r="Q180" s="5">
         <v>12.280303</v>
       </c>
       <c r="R180" s="14">
         <v>9.2204158966210272</v>
       </c>
       <c r="S180" s="33">
-        <f>(S179+S181)/2</f>
         <v>-1.2516379183252253</v>
       </c>
       <c r="T180" s="28">
         <v>-1.71795131152777</v>
       </c>
       <c r="U180" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V180" s="35">
         <v>28.7</v>
       </c>
       <c r="W180" s="39">
         <v>-11.1</v>
       </c>
       <c r="X180" s="33">
         <v>34.6</v>
       </c>
       <c r="Y180" s="39">
         <v>-5.2</v>
       </c>
       <c r="Z180" s="33">
-        <f>(Z179+Z181)/2</f>
         <v>-10.837440147683788</v>
       </c>
       <c r="AA180" s="14">
         <v>-9.4529938646904998</v>
       </c>
       <c r="AB180" s="33">
-        <f>(AB179+AB181)/2</f>
         <v>17.172368072887409</v>
       </c>
       <c r="AC180" s="16">
         <v>15.7533714085413</v>
       </c>
       <c r="AD180" s="39">
         <v>26.3</v>
       </c>
       <c r="AE180" s="37">
-        <f>(AE179+AE181)/2</f>
         <v>3.4772460629032986</v>
       </c>
       <c r="AF180" s="47">
-        <f>(AF179+AF181)/2</f>
         <v>1.5723737647218086</v>
       </c>
       <c r="AG180" s="37">
-        <f>(AG179+AG181)/2</f>
         <v>1.2645074680745454</v>
       </c>
       <c r="AH180" s="37">
-        <f>(AH179+AH181)/2</f>
         <v>2.6578617842155134</v>
       </c>
     </row>
     <row r="181" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A181" s="12">
         <v>43711</v>
       </c>
       <c r="B181" s="33">
         <v>-3.1029761904761899</v>
       </c>
       <c r="C181" s="13">
         <v>-3.0334873</v>
       </c>
       <c r="D181" s="14">
         <v>0.93255366870282941</v>
       </c>
       <c r="E181" s="33">
         <v>2.0577380952380953</v>
       </c>
       <c r="F181" s="13">
         <v>4.1664462999999996</v>
       </c>
       <c r="G181" s="14">
         <v>2.0127111390253356</v>
       </c>
@@ -25226,51 +25052,51 @@
       <c r="M181" s="50">
         <v>0.64102564102564108</v>
       </c>
       <c r="N181" s="45">
         <v>0.28205128205128205</v>
       </c>
       <c r="O181" s="46">
         <v>7.6923076923076927E-2</v>
       </c>
       <c r="P181" s="22">
         <v>16.630451127819548</v>
       </c>
       <c r="Q181" s="5">
         <v>15.596136</v>
       </c>
       <c r="R181" s="14">
         <v>8.5803257403180684</v>
       </c>
       <c r="S181" s="33">
         <v>-0.90984962406015035</v>
       </c>
       <c r="T181" s="28">
         <v>-1.1680624305118299</v>
       </c>
       <c r="U181" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V181" s="35">
         <v>29.8</v>
       </c>
       <c r="W181" s="39">
         <v>-12.2</v>
       </c>
       <c r="X181" s="33">
         <v>36.6</v>
       </c>
       <c r="Y181" s="39">
         <v>-5.4</v>
       </c>
       <c r="Z181" s="33">
         <v>-5.8039824625502368</v>
       </c>
       <c r="AA181" s="14">
         <v>-6.2907935758917199</v>
       </c>
       <c r="AB181" s="35">
         <v>17.222306067588327</v>
       </c>
       <c r="AC181" s="16">
         <v>13.953423252203899</v>
       </c>
@@ -25330,51 +25156,51 @@
       <c r="M182" s="50">
         <v>0.59523809523809523</v>
       </c>
       <c r="N182" s="45">
         <v>0.2857142857142857</v>
       </c>
       <c r="O182" s="46">
         <v>0.11904761904761904</v>
       </c>
       <c r="P182" s="22">
         <v>-3.4191358024691358</v>
       </c>
       <c r="Q182" s="5">
         <v>-4.5519464000000003</v>
       </c>
       <c r="R182" s="14">
         <v>8.5255559377372148</v>
       </c>
       <c r="S182" s="33">
         <v>-3.524795321637427</v>
       </c>
       <c r="T182" s="28">
         <v>-0.36643546146578698</v>
       </c>
       <c r="U182" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V182" s="35">
         <v>30.9</v>
       </c>
       <c r="W182" s="39">
         <v>-13.8</v>
       </c>
       <c r="X182" s="33">
         <v>36.4</v>
       </c>
       <c r="Y182" s="39">
         <v>-5.7</v>
       </c>
       <c r="Z182" s="33">
         <v>-4.5567827130852336</v>
       </c>
       <c r="AA182" s="14">
         <v>-4.5351907412728698</v>
       </c>
       <c r="AB182" s="35">
         <v>17.061808420337837</v>
       </c>
       <c r="AC182" s="16">
         <v>15.6037320198409</v>
       </c>
@@ -25434,51 +25260,51 @@
       <c r="M183" s="50">
         <v>0.63636363636363635</v>
       </c>
       <c r="N183" s="45">
         <v>0.27272727272727271</v>
       </c>
       <c r="O183" s="46">
         <v>9.0909090909090912E-2</v>
       </c>
       <c r="P183" s="22">
         <v>12.198602941176471</v>
       </c>
       <c r="Q183" s="5">
         <v>10.818047</v>
       </c>
       <c r="R183" s="14">
         <v>9.8761368310163835</v>
       </c>
       <c r="S183" s="33">
         <v>-0.17411764705882352</v>
       </c>
       <c r="T183" s="28">
         <v>-0.96423342736208795</v>
       </c>
       <c r="U183" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V183" s="35">
         <v>30.3</v>
       </c>
       <c r="W183" s="39">
         <v>-11.8</v>
       </c>
       <c r="X183" s="33">
         <v>36.1</v>
       </c>
       <c r="Y183" s="39">
         <v>-3.9</v>
       </c>
       <c r="Z183" s="33">
         <v>-2.1945348837209302</v>
       </c>
       <c r="AA183" s="14">
         <v>-1.61626359066065</v>
       </c>
       <c r="AB183" s="35">
         <v>12.576627906976745</v>
       </c>
       <c r="AC183" s="16">
         <v>10.9455282260899</v>
       </c>
@@ -25538,51 +25364,51 @@
       <c r="M184" s="50">
         <v>0.58620689655172409</v>
       </c>
       <c r="N184" s="45">
         <v>0.2413793103448276</v>
       </c>
       <c r="O184" s="46">
         <v>0.17241379310344829</v>
       </c>
       <c r="P184" s="22">
         <v>12.025359195402299</v>
       </c>
       <c r="Q184" s="5">
         <v>12.50623</v>
       </c>
       <c r="R184" s="14">
         <v>12.51127125598147</v>
       </c>
       <c r="S184" s="33">
         <v>-1.3267647058823533</v>
       </c>
       <c r="T184" s="28">
         <v>-3.1708465718458001</v>
       </c>
       <c r="U184" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V184" s="35">
         <v>29.2</v>
       </c>
       <c r="W184" s="39">
         <v>-11.9</v>
       </c>
       <c r="X184" s="33">
         <v>36.200000000000003</v>
       </c>
       <c r="Y184" s="39">
         <v>-3.1</v>
       </c>
       <c r="Z184" s="33">
         <v>2.9840441176470591</v>
       </c>
       <c r="AA184" s="14">
         <v>1.64442448728362</v>
       </c>
       <c r="AB184" s="35">
         <v>5.1816279069767441</v>
       </c>
       <c r="AC184" s="16">
         <v>6.1545157307285603</v>
       </c>
@@ -25642,51 +25468,51 @@
       <c r="M185" s="50">
         <v>0.66666666666666663</v>
       </c>
       <c r="N185" s="45">
         <v>0.19444444444444445</v>
       </c>
       <c r="O185" s="46">
         <v>0.1388888888888889</v>
       </c>
       <c r="P185" s="22">
         <v>-0.41391304347826097</v>
       </c>
       <c r="Q185" s="5">
         <v>7.4115712</v>
       </c>
       <c r="R185" s="14">
         <v>16.377925369967986</v>
       </c>
       <c r="S185" s="33">
         <v>5.5287816531294798</v>
       </c>
       <c r="T185" s="28">
         <v>4.45485102406177</v>
       </c>
       <c r="U185" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V185" s="35">
         <v>27.2</v>
       </c>
       <c r="W185" s="39">
         <v>-11.3</v>
       </c>
       <c r="X185" s="33">
         <v>37.5</v>
       </c>
       <c r="Y185" s="39">
         <v>-0.3</v>
       </c>
       <c r="Z185" s="33">
         <v>2.9238270425226949</v>
       </c>
       <c r="AA185" s="14">
         <v>4.97714422077705</v>
       </c>
       <c r="AB185" s="35">
         <v>8.3254658385093165</v>
       </c>
       <c r="AC185" s="16">
         <v>8.0017019339844495</v>
       </c>
@@ -25746,51 +25572,51 @@
       <c r="M186" s="50">
         <v>0.5625</v>
       </c>
       <c r="N186" s="45">
         <v>0.20833333333333334</v>
       </c>
       <c r="O186" s="46">
         <v>0.22916666666666666</v>
       </c>
       <c r="P186" s="22">
         <v>16.158888888888892</v>
       </c>
       <c r="Q186" s="5">
         <v>16.818783</v>
       </c>
       <c r="R186" s="14">
         <v>21.422702650024998</v>
       </c>
       <c r="S186" s="33">
         <v>-5.5162921348314615</v>
       </c>
       <c r="T186" s="28">
         <v>-4.1215271709703503</v>
       </c>
       <c r="U186" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V186" s="35">
         <v>28.3</v>
       </c>
       <c r="W186" s="39">
         <v>-11.5</v>
       </c>
       <c r="X186" s="33">
         <v>37.5</v>
       </c>
       <c r="Y186" s="39">
         <v>-2.1</v>
       </c>
       <c r="Z186" s="33">
         <v>3.3562921348314609</v>
       </c>
       <c r="AA186" s="14">
         <v>6.7698546554840497</v>
       </c>
       <c r="AB186" s="35">
         <v>3.2577777777777781</v>
       </c>
       <c r="AC186" s="16">
         <v>3.9408337199938499</v>
       </c>
@@ -25850,51 +25676,51 @@
       <c r="M187" s="50">
         <v>0.63157894736842102</v>
       </c>
       <c r="N187" s="45">
         <v>0.19298245614035087</v>
       </c>
       <c r="O187" s="46">
         <v>0.17543859649122806</v>
       </c>
       <c r="P187" s="22">
         <v>17.181412337662337</v>
       </c>
       <c r="Q187" s="5">
         <v>16.415991999999999</v>
       </c>
       <c r="R187" s="14">
         <v>26.947145122124706</v>
       </c>
       <c r="S187" s="33">
         <v>-7.8457692307692319</v>
       </c>
       <c r="T187" s="28">
         <v>-8.1278639383062501</v>
       </c>
       <c r="U187" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V187" s="35">
         <v>28.6</v>
       </c>
       <c r="W187" s="39">
         <v>-8.4</v>
       </c>
       <c r="X187" s="33">
         <v>36.700000000000003</v>
       </c>
       <c r="Y187" s="39">
         <v>1.3</v>
       </c>
       <c r="Z187" s="33">
         <v>3.6144851509250238</v>
       </c>
       <c r="AA187" s="14">
         <v>2.5148867290487602</v>
       </c>
       <c r="AB187" s="35">
         <v>8.5632911392405364E-2</v>
       </c>
       <c r="AC187" s="16">
         <v>1.82931086403276</v>
       </c>
@@ -25954,51 +25780,51 @@
       <c r="M188" s="50">
         <v>0.63698630136986301</v>
       </c>
       <c r="N188" s="45">
         <v>0.15753424657534246</v>
       </c>
       <c r="O188" s="46">
         <v>0.20547945205479451</v>
       </c>
       <c r="P188" s="22">
         <v>43.961990950226244</v>
       </c>
       <c r="Q188" s="5">
         <v>42.897723999999997</v>
       </c>
       <c r="R188" s="14">
         <v>31.921577571230326</v>
       </c>
       <c r="S188" s="33">
         <v>2.4987179487179487</v>
       </c>
       <c r="T188" s="28">
         <v>1.8289006618455601</v>
       </c>
       <c r="U188" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V188" s="35">
         <v>28.9</v>
       </c>
       <c r="W188" s="39">
         <v>-3.4</v>
       </c>
       <c r="X188" s="33">
         <v>34.9</v>
       </c>
       <c r="Y188" s="39">
         <v>-1.4</v>
       </c>
       <c r="Z188" s="33">
         <v>25.312377570307582</v>
       </c>
       <c r="AA188" s="14">
         <v>23.5947510380606</v>
       </c>
       <c r="AB188" s="35">
         <v>-15.284810126582279</v>
       </c>
       <c r="AC188" s="16">
         <v>-12.0119091287457</v>
       </c>
@@ -26058,51 +25884,51 @@
       <c r="M189" s="50">
         <v>0.6428571428571429</v>
       </c>
       <c r="N189" s="45">
         <v>0.18131868131868131</v>
       </c>
       <c r="O189" s="46">
         <v>0.17582417582417584</v>
       </c>
       <c r="P189" s="22">
         <v>56.901920449768816</v>
       </c>
       <c r="Q189" s="5">
         <v>57.481343000000003</v>
       </c>
       <c r="R189" s="14">
         <v>34.558687867044313</v>
       </c>
       <c r="S189" s="33">
         <v>-4.1597222222222223</v>
       </c>
       <c r="T189" s="28">
         <v>-2.5715978837116</v>
       </c>
       <c r="U189" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V189" s="35">
         <v>27.4</v>
       </c>
       <c r="W189" s="39">
         <v>-2</v>
       </c>
       <c r="X189" s="33">
         <v>35.799999999999997</v>
       </c>
       <c r="Y189" s="39">
         <v>-1.8</v>
       </c>
       <c r="Z189" s="33">
         <v>45.235224358974364</v>
       </c>
       <c r="AA189" s="14">
         <v>43.483654695599697</v>
       </c>
       <c r="AB189" s="35">
         <v>-20.455702782989366</v>
       </c>
       <c r="AC189" s="16">
         <v>-20.780529352263599</v>
       </c>
@@ -26162,51 +25988,51 @@
       <c r="M190" s="50">
         <v>0.6292134831460674</v>
       </c>
       <c r="N190" s="45">
         <v>0.1797752808988764</v>
       </c>
       <c r="O190" s="46">
         <v>0.19101123595505617</v>
       </c>
       <c r="P190" s="22">
         <v>48.606008728113991</v>
       </c>
       <c r="Q190" s="5">
         <v>46.206794000000002</v>
       </c>
       <c r="R190" s="14">
         <v>33.860814701482774</v>
       </c>
       <c r="S190" s="33">
         <v>-4.7646811083653189</v>
       </c>
       <c r="T190" s="28">
         <v>-4.4080267061429703</v>
       </c>
       <c r="U190" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V190" s="35">
         <v>27</v>
       </c>
       <c r="W190" s="39">
         <v>-4.0999999999999996</v>
       </c>
       <c r="X190" s="33">
         <v>35.799999999999997</v>
       </c>
       <c r="Y190" s="39">
         <v>-1.7</v>
       </c>
       <c r="Z190" s="33">
         <v>41.773105841526899</v>
       </c>
       <c r="AA190" s="14">
         <v>39.248968696326401</v>
       </c>
       <c r="AB190" s="35">
         <v>-10.426989614949559</v>
       </c>
       <c r="AC190" s="16">
         <v>-7.9501808458193004</v>
       </c>
@@ -26266,182 +26092,175 @@
       <c r="M191" s="50">
         <v>0.63157894736842102</v>
       </c>
       <c r="N191" s="45">
         <v>0.21052631578947367</v>
       </c>
       <c r="O191" s="46">
         <v>0.15789473684210525</v>
       </c>
       <c r="P191" s="22">
         <v>23.467899468952098</v>
       </c>
       <c r="Q191" s="5">
         <v>22.701101000000001</v>
       </c>
       <c r="R191" s="14">
         <v>30.479408646530562</v>
       </c>
       <c r="S191" s="33">
         <v>-1.0762894999737105</v>
       </c>
       <c r="T191" s="28">
         <v>-2.7486707029853199</v>
       </c>
       <c r="U191" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V191" s="35">
         <v>27.7</v>
       </c>
       <c r="W191" s="39">
         <v>-6.3</v>
       </c>
       <c r="X191" s="33">
         <v>36.6</v>
       </c>
       <c r="Y191" s="39">
         <v>-0.7</v>
       </c>
       <c r="Z191" s="33">
         <v>26.303826874879505</v>
       </c>
       <c r="AA191" s="14">
         <v>28.312655701592199</v>
       </c>
       <c r="AB191" s="35">
         <v>-1.0669206201344061</v>
       </c>
       <c r="AC191" s="16">
         <v>-1.3893823445184801</v>
       </c>
       <c r="AD191" s="39">
         <v>35.6</v>
       </c>
       <c r="AE191" s="5">
         <v>3.6218905472636815</v>
       </c>
       <c r="AF191" s="40">
         <v>1.4751243781094527</v>
       </c>
       <c r="AG191" s="47">
         <v>1.0572139303482586</v>
       </c>
       <c r="AH191" s="47">
         <v>2.4129353233830844</v>
       </c>
     </row>
     <row r="192" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A192" s="12">
         <v>44049</v>
       </c>
       <c r="B192" s="33">
-        <f>(B191+B193)/2</f>
         <v>-5.4217543262512988</v>
       </c>
       <c r="C192" s="13">
         <v>-5.3922359000000002</v>
       </c>
       <c r="D192" s="14">
         <v>-8.3336994634993413</v>
       </c>
       <c r="E192" s="33">
-        <f>(E191+E193)/2</f>
         <v>14.578065701182844</v>
       </c>
       <c r="F192" s="13">
         <v>14.208288</v>
       </c>
       <c r="G192" s="14">
         <v>2.0454612873489078</v>
       </c>
       <c r="H192" s="33">
-        <f>(H191+H193)/2</f>
         <v>17.734981837505156</v>
       </c>
       <c r="I192" s="23">
         <v>13.7674996800638</v>
       </c>
       <c r="J192" s="44">
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="K192" s="45">
         <v>0.12222222222222222</v>
       </c>
       <c r="L192" s="46">
         <v>0.84450000000000003</v>
       </c>
       <c r="M192" s="50">
         <v>0.76023391812865493</v>
       </c>
       <c r="N192" s="45">
         <v>0.10526315789473684</v>
       </c>
       <c r="O192" s="46">
         <v>0.13450292397660818</v>
       </c>
       <c r="P192" s="33">
-        <f>(P191+P193)/2</f>
         <v>21.527961418994064</v>
       </c>
       <c r="Q192" s="5">
         <v>20.395986000000001</v>
       </c>
       <c r="R192" s="14">
         <v>25.954120223706141</v>
       </c>
       <c r="S192" s="33">
-        <f>(S191+S193)/2</f>
         <v>-4.9573755192176243</v>
       </c>
       <c r="T192" s="28">
         <v>-5.5627706171805897</v>
       </c>
       <c r="U192" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V192" s="35">
         <v>28.1</v>
       </c>
       <c r="W192" s="39">
         <v>-5.9</v>
       </c>
       <c r="X192" s="33">
         <v>37.200000000000003</v>
       </c>
       <c r="Y192" s="39">
         <v>-0.1</v>
       </c>
       <c r="Z192" s="33">
-        <f>(Z191+Z193)/2</f>
         <v>19.660246770773085</v>
       </c>
       <c r="AA192" s="14">
         <v>20.467544359135999</v>
       </c>
       <c r="AB192" s="33">
-        <f>(AB191+AB193)/2</f>
         <v>0.41269353608664316</v>
       </c>
       <c r="AC192" s="16">
         <v>-1.1682278241252899</v>
       </c>
       <c r="AD192" s="39">
         <v>32.46</v>
       </c>
       <c r="AE192" s="5">
         <v>3.6087230514096182</v>
       </c>
       <c r="AF192" s="40">
         <v>1.5175621890547264</v>
       </c>
       <c r="AG192" s="47">
         <v>1.0819402985074626</v>
       </c>
       <c r="AH192" s="47">
         <v>2.4642454394693201</v>
       </c>
     </row>
     <row r="193" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A193" s="12">
         <v>44081</v>
       </c>
@@ -26481,51 +26300,51 @@
       <c r="M193" s="50">
         <v>0.88888888888888884</v>
       </c>
       <c r="N193" s="45">
         <v>0</v>
       </c>
       <c r="O193" s="46">
         <v>0.1111111111111111</v>
       </c>
       <c r="P193" s="22">
         <v>19.58802336903603</v>
       </c>
       <c r="Q193" s="5">
         <v>18.585284000000001</v>
       </c>
       <c r="R193" s="14">
         <v>21.265009476360312</v>
       </c>
       <c r="S193" s="33">
         <v>-8.838461538461539</v>
       </c>
       <c r="T193" s="28">
         <v>-8.93853570850316</v>
       </c>
       <c r="U193" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V193" s="35">
         <v>28.5</v>
       </c>
       <c r="W193" s="39">
         <v>-5.5</v>
       </c>
       <c r="X193" s="33">
         <v>37.799999999999997</v>
       </c>
       <c r="Y193" s="39">
         <v>0.4</v>
       </c>
       <c r="Z193" s="5">
         <v>13.016666666666667</v>
       </c>
       <c r="AA193" s="14">
         <v>11.453699805881101</v>
       </c>
       <c r="AB193" s="33">
         <v>1.8923076923076925</v>
       </c>
       <c r="AC193" s="16">
         <v>-1.2192456813844299</v>
       </c>
@@ -26585,51 +26404,51 @@
       <c r="M194" s="50">
         <v>0.61538461538461542</v>
       </c>
       <c r="N194" s="45">
         <v>0.19230769230769232</v>
       </c>
       <c r="O194" s="46">
         <v>0.19230769230769232</v>
       </c>
       <c r="P194" s="22">
         <v>9.2818393234672296</v>
       </c>
       <c r="Q194" s="5">
         <v>8.2588729000000001</v>
       </c>
       <c r="R194" s="14">
         <v>16.992270676354195</v>
       </c>
       <c r="S194" s="33">
         <v>-12.149885057471264</v>
       </c>
       <c r="T194" s="28">
         <v>-8.4250556750214898</v>
       </c>
       <c r="U194" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V194" s="35">
         <v>26</v>
       </c>
       <c r="W194" s="39">
         <v>-5.2</v>
       </c>
       <c r="X194" s="33">
         <v>36</v>
       </c>
       <c r="Y194" s="39">
         <v>-3.1</v>
       </c>
       <c r="Z194" s="5">
         <v>17.748915398327163</v>
       </c>
       <c r="AA194" s="14">
         <v>17.354802085034201</v>
       </c>
       <c r="AB194" s="33">
         <v>-1.1471301247771837</v>
       </c>
       <c r="AC194" s="16">
         <v>-2.4585502214868402</v>
       </c>
@@ -26689,51 +26508,51 @@
       <c r="M195" s="50">
         <v>0.57692307692307687</v>
       </c>
       <c r="N195" s="45">
         <v>0.23076923076923078</v>
       </c>
       <c r="O195" s="46">
         <v>0.19230769230769232</v>
       </c>
       <c r="P195" s="22">
         <v>18.279376041914741</v>
       </c>
       <c r="Q195" s="5">
         <v>16.884905</v>
       </c>
       <c r="R195" s="14">
         <v>13.523312090055365</v>
       </c>
       <c r="S195" s="33">
         <v>-5.5282599753187984</v>
       </c>
       <c r="T195" s="28">
         <v>-5.7605008056374896</v>
       </c>
       <c r="U195" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V195" s="35">
         <v>26.2</v>
       </c>
       <c r="W195" s="39">
         <v>-7.1</v>
       </c>
       <c r="X195" s="33">
         <v>35.4</v>
       </c>
       <c r="Y195" s="39">
         <v>-4.2</v>
       </c>
       <c r="Z195" s="5">
         <v>8.500577540106951</v>
       </c>
       <c r="AA195" s="14">
         <v>8.4008319700396807</v>
       </c>
       <c r="AB195" s="33">
         <v>3.4865747255840143</v>
       </c>
       <c r="AC195" s="16">
         <v>2.0538107898425699</v>
       </c>
@@ -26793,51 +26612,51 @@
       <c r="M196" s="50">
         <v>0.6271186440677966</v>
       </c>
       <c r="N196" s="45">
         <v>0.20338983050847459</v>
       </c>
       <c r="O196" s="46">
         <v>0.16949152542372881</v>
       </c>
       <c r="P196" s="22">
         <v>11.138333333333334</v>
       </c>
       <c r="Q196" s="5">
         <v>11.725293000000001</v>
       </c>
       <c r="R196" s="14">
         <v>10.617239985532537</v>
       </c>
       <c r="S196" s="33">
         <v>-4.9316666666666666</v>
       </c>
       <c r="T196" s="28">
         <v>-7.2945442322416296</v>
       </c>
       <c r="U196" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V196" s="35">
         <v>26</v>
       </c>
       <c r="W196" s="39">
         <v>-6.5</v>
       </c>
       <c r="X196" s="33">
         <v>33.9</v>
       </c>
       <c r="Y196" s="39">
         <v>-3.9</v>
       </c>
       <c r="Z196" s="5">
         <v>16.595555555555556</v>
       </c>
       <c r="AA196" s="14">
         <v>15.414002207737999</v>
       </c>
       <c r="AB196" s="33">
         <v>0.89904109589041104</v>
       </c>
       <c r="AC196" s="16">
         <v>1.83849967456217</v>
       </c>
@@ -26897,51 +26716,51 @@
       <c r="M197" s="50">
         <v>0.6875</v>
       </c>
       <c r="N197" s="45">
         <v>0.14583333333333334</v>
       </c>
       <c r="O197" s="46">
         <v>0.16666666666666666</v>
       </c>
       <c r="P197" s="22">
         <v>-4.92</v>
       </c>
       <c r="Q197" s="5">
         <v>3.0097070000000001</v>
       </c>
       <c r="R197" s="14">
         <v>8.2750018473972045</v>
       </c>
       <c r="S197" s="33">
         <v>-4.916666666666667</v>
       </c>
       <c r="T197" s="28">
         <v>-6.1480241402337201</v>
       </c>
       <c r="U197" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V197" s="35">
         <v>26.7</v>
       </c>
       <c r="W197" s="39">
         <v>-6</v>
       </c>
       <c r="X197" s="33">
         <v>36.6</v>
       </c>
       <c r="Y197" s="39">
         <v>-1.3</v>
       </c>
       <c r="Z197" s="5">
         <v>8.0485844748858444</v>
       </c>
       <c r="AA197" s="14">
         <v>12.0119001123955</v>
       </c>
       <c r="AB197" s="33">
         <v>4.0166666666666666</v>
       </c>
       <c r="AC197" s="16">
         <v>2.7219144632722299</v>
       </c>
@@ -27001,51 +26820,51 @@
       <c r="M198" s="50">
         <v>0.77777777777777779</v>
       </c>
       <c r="N198" s="45">
         <v>0.1111111111111111</v>
       </c>
       <c r="O198" s="46">
         <v>0.1111111111111111</v>
       </c>
       <c r="P198" s="22">
         <v>6.8605590062111803</v>
       </c>
       <c r="Q198" s="5">
         <v>7.5193877999999996</v>
       </c>
       <c r="R198" s="14">
         <v>6.5772612044671472</v>
       </c>
       <c r="S198" s="33">
         <v>-7.4736024844720497</v>
       </c>
       <c r="T198" s="28">
         <v>-5.3676100155744599</v>
       </c>
       <c r="U198" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V198" s="35">
         <v>26.9</v>
       </c>
       <c r="W198" s="39">
         <v>-4.8</v>
       </c>
       <c r="X198" s="33">
         <v>38.4</v>
       </c>
       <c r="Y198" s="39">
         <v>-0.3</v>
       </c>
       <c r="Z198" s="5">
         <v>8.3273109243697476</v>
       </c>
       <c r="AA198" s="14">
         <v>13.076742627351299</v>
       </c>
       <c r="AB198" s="33">
         <v>2.8113354037267078</v>
       </c>
       <c r="AC198" s="16">
         <v>2.63395299115186</v>
       </c>
@@ -27105,51 +26924,51 @@
       <c r="M199" s="50">
         <v>0.72727272727272729</v>
       </c>
       <c r="N199" s="45">
         <v>0.24242424242424243</v>
       </c>
       <c r="O199" s="46">
         <v>3.0303030303030304E-2</v>
       </c>
       <c r="P199" s="22">
         <v>13.041911285061969</v>
       </c>
       <c r="Q199" s="5">
         <v>12.20928</v>
       </c>
       <c r="R199" s="14">
         <v>5.2258833950999186</v>
       </c>
       <c r="S199" s="33">
         <v>-9.8378604963112029</v>
       </c>
       <c r="T199" s="28">
         <v>-10.7849119472144</v>
       </c>
       <c r="U199" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V199" s="35">
         <v>26.8</v>
       </c>
       <c r="W199" s="39">
         <v>-10.3</v>
       </c>
       <c r="X199" s="33">
         <v>38.1</v>
       </c>
       <c r="Y199" s="39">
         <v>-1.7</v>
       </c>
       <c r="Z199" s="5">
         <v>9.9351272015655567</v>
       </c>
       <c r="AA199" s="14">
         <v>9.6168886307729196</v>
       </c>
       <c r="AB199" s="33">
         <v>8.4309523809523821</v>
       </c>
       <c r="AC199" s="16">
         <v>10.152459662482</v>
       </c>
@@ -27209,51 +27028,51 @@
       <c r="M200" s="50">
         <v>0.62</v>
       </c>
       <c r="N200" s="45">
         <v>0.32</v>
       </c>
       <c r="O200" s="46">
         <v>0.06</v>
       </c>
       <c r="P200" s="22">
         <v>5.1136752136752142</v>
       </c>
       <c r="Q200" s="5">
         <v>3.9659702999999999</v>
       </c>
       <c r="R200" s="14">
         <v>3.9905126494180188</v>
       </c>
       <c r="S200" s="33">
         <v>-5.7792307692307698</v>
       </c>
       <c r="T200" s="28">
         <v>-6.7628884351565803</v>
       </c>
       <c r="U200" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V200" s="35">
         <v>26.3</v>
       </c>
       <c r="W200" s="39">
         <v>-12.8</v>
       </c>
       <c r="X200" s="33">
         <v>37.6</v>
       </c>
       <c r="Y200" s="39">
         <v>-1.7</v>
       </c>
       <c r="Z200" s="5">
         <v>16.752274323849669</v>
       </c>
       <c r="AA200" s="14">
         <v>15.255564250897001</v>
       </c>
       <c r="AB200" s="33">
         <v>6.5329820864067454</v>
       </c>
       <c r="AC200" s="16">
         <v>10.563552884781499</v>
       </c>
@@ -27313,51 +27132,51 @@
       <c r="M201" s="50">
         <v>0.625</v>
       </c>
       <c r="N201" s="45">
         <v>0.33333333333333331</v>
       </c>
       <c r="O201" s="46">
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="P201" s="22">
         <v>-0.53384615384615386</v>
       </c>
       <c r="Q201" s="5">
         <v>-8.7335204E-2</v>
       </c>
       <c r="R201" s="14">
         <v>3.1431958309899959</v>
       </c>
       <c r="S201" s="33">
         <v>3.0249999999999999</v>
       </c>
       <c r="T201" s="28">
         <v>5.00246310368619</v>
       </c>
       <c r="U201" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V201" s="35">
         <v>28</v>
       </c>
       <c r="W201" s="39">
         <v>-18.3</v>
       </c>
       <c r="X201" s="33">
         <v>34.9</v>
       </c>
       <c r="Y201" s="39">
         <v>-0.4</v>
       </c>
       <c r="Z201" s="5">
         <v>4.4727272727272727</v>
       </c>
       <c r="AA201" s="14">
         <v>1.34768318547333</v>
       </c>
       <c r="AB201" s="33">
         <v>12.455194805194806</v>
       </c>
       <c r="AC201" s="16">
         <v>12.128298057356099</v>
       </c>
@@ -27417,93 +27236,93 @@
       <c r="M202" s="50">
         <v>0.51063829787234039</v>
       </c>
       <c r="N202" s="45">
         <v>0.34042553191489361</v>
       </c>
       <c r="O202" s="46">
         <v>0.14893617021276595</v>
       </c>
       <c r="P202" s="22">
         <v>3.898365384615385</v>
       </c>
       <c r="Q202" s="5">
         <v>1.4342811</v>
       </c>
       <c r="R202" s="14">
         <v>2.9542141667356208</v>
       </c>
       <c r="S202" s="33">
         <v>-2.4864583333333337</v>
       </c>
       <c r="T202" s="28">
         <v>-1.9948488923657299</v>
       </c>
       <c r="U202" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V202" s="35">
         <v>33</v>
       </c>
       <c r="W202" s="39">
         <v>-21.5</v>
       </c>
       <c r="X202" s="33">
         <v>33.6</v>
       </c>
       <c r="Y202" s="39">
         <v>-2.7</v>
       </c>
       <c r="Z202" s="5">
         <v>5.6094262295081965</v>
       </c>
       <c r="AA202" s="14">
         <v>3.3182017607776899</v>
       </c>
       <c r="AB202" s="33">
         <v>8.2823770491803277</v>
       </c>
       <c r="AC202" s="16">
         <v>10.900552234900101</v>
       </c>
       <c r="AD202" s="39">
         <v>21.7</v>
       </c>
       <c r="AE202" s="5">
         <v>3.5537974683544302</v>
       </c>
       <c r="AF202" s="47">
         <v>1.4430379746835442</v>
       </c>
       <c r="AG202" s="47">
         <v>1.0126582278481013</v>
       </c>
       <c r="AH202" s="47">
         <v>2.3259493670886076</v>
       </c>
     </row>
-    <row r="203" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:34" s="94" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A203" s="51">
         <v>44390</v>
       </c>
       <c r="B203" s="52">
         <v>17.25568181818182</v>
       </c>
       <c r="C203" s="53">
         <v>16.443238000000001</v>
       </c>
       <c r="D203" s="54">
         <v>14.15973984650576</v>
       </c>
       <c r="E203" s="52">
         <v>19.070075757575758</v>
       </c>
       <c r="F203" s="53">
         <v>14.088888000000001</v>
       </c>
       <c r="G203" s="54">
         <v>9.0559865594436868</v>
       </c>
       <c r="H203" s="55">
         <v>17.928409090909092</v>
       </c>
       <c r="I203" s="56">
@@ -27521,208 +27340,197 @@
       <c r="M203" s="60">
         <v>0.59375</v>
       </c>
       <c r="N203" s="58">
         <v>0.3125</v>
       </c>
       <c r="O203" s="59">
         <v>9.375E-2</v>
       </c>
       <c r="P203" s="55">
         <v>1.6764423076923076</v>
       </c>
       <c r="Q203" s="61">
         <v>0.90766354999999999</v>
       </c>
       <c r="R203" s="54">
         <v>3.4614365788991228</v>
       </c>
       <c r="S203" s="52">
         <v>-6.7156250000000002</v>
       </c>
       <c r="T203" s="62">
         <v>-8.3886966874484692</v>
       </c>
       <c r="U203" s="63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V203" s="64">
         <v>37.6</v>
       </c>
       <c r="W203" s="65">
         <v>-25.6</v>
       </c>
       <c r="X203" s="52">
         <v>34.700000000000003</v>
       </c>
       <c r="Y203" s="65">
         <v>-5.0999999999999996</v>
       </c>
       <c r="Z203" s="61">
         <v>-4.8783811475409848</v>
       </c>
       <c r="AA203" s="54">
         <v>-3.4614937181165799</v>
       </c>
       <c r="AB203" s="52">
         <v>5.827561475409837</v>
       </c>
       <c r="AC203" s="66">
         <v>5.8563275391736003</v>
       </c>
       <c r="AD203" s="65">
         <v>23.31</v>
       </c>
       <c r="AE203" s="61">
         <v>3.5625</v>
       </c>
       <c r="AF203" s="67">
         <v>1.4940476190476191</v>
       </c>
       <c r="AG203" s="67">
         <v>1.0386904761904763</v>
       </c>
       <c r="AH203" s="67">
         <v>2.3392857142857144</v>
       </c>
     </row>
     <row r="204" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A204" s="12">
         <v>44421</v>
       </c>
       <c r="B204" s="33">
-        <f>(B203+B205)/2</f>
         <v>16.1436506256901</v>
       </c>
       <c r="C204" s="13">
         <v>16.043925999999999</v>
       </c>
       <c r="D204" s="14">
         <v>14.285604806278482</v>
       </c>
       <c r="E204" s="33">
-        <f>(E203+E205)/2</f>
         <v>8.5089331324703661</v>
       </c>
       <c r="F204" s="13">
         <v>9.6222721999999994</v>
       </c>
       <c r="G204" s="14">
         <v>8.0985091311069333</v>
       </c>
       <c r="H204" s="22">
-        <f>(H203+H205)/2</f>
         <v>11.841158123791104</v>
       </c>
       <c r="I204" s="23">
         <v>7.8825014747325399</v>
       </c>
       <c r="J204" s="44">
         <v>0.375</v>
       </c>
       <c r="K204" s="45">
         <v>0.125</v>
       </c>
       <c r="L204" s="46">
         <v>0.5</v>
       </c>
       <c r="M204" s="50">
         <v>0.69161184210526316</v>
       </c>
       <c r="N204" s="45">
         <v>0.28782894736842102</v>
       </c>
       <c r="O204" s="46">
         <v>2.0559210526315791E-2</v>
       </c>
       <c r="P204" s="22">
-        <f>(P203+P205)/2</f>
         <v>5.3200835020242918</v>
       </c>
       <c r="Q204" s="5">
         <v>4.1900024</v>
       </c>
       <c r="R204" s="14">
         <v>4.5933842870818822</v>
       </c>
       <c r="S204" s="33">
-        <f>(S203+S205)/2</f>
         <v>-3.1514827127659575</v>
       </c>
       <c r="T204" s="28">
         <v>-3.8845083776420002</v>
       </c>
       <c r="U204" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V204" s="35">
         <v>39.700000000000003</v>
       </c>
       <c r="W204" s="39">
         <v>-28.2</v>
       </c>
       <c r="X204" s="33">
         <v>36.200000000000003</v>
       </c>
       <c r="Y204" s="39">
         <v>-5.3</v>
       </c>
       <c r="Z204" s="5">
-        <f>(Z203+Z205)/2</f>
         <v>1.410019952545297</v>
       </c>
       <c r="AA204" s="14">
         <v>1.2932823329676399</v>
       </c>
       <c r="AB204" s="33">
-        <f>(AB203+AB205)/2</f>
         <v>11.592135893187734</v>
       </c>
       <c r="AC204" s="16">
         <v>10.0912098862566</v>
       </c>
       <c r="AD204" s="39">
         <v>22.09</v>
       </c>
       <c r="AE204" s="49">
-        <f>(AE203+AE205)/2</f>
         <v>3.5563591703056767</v>
       </c>
       <c r="AF204" s="47">
-        <f>(AF203+AF205)/2</f>
         <v>1.5264997920565606</v>
       </c>
       <c r="AG204" s="35">
-        <f>(AG203+AG205)/2</f>
         <v>1.0368124870035351</v>
       </c>
       <c r="AH204" s="35">
-        <f>(AH203+AH205)/2</f>
         <v>2.3901668746101059</v>
       </c>
     </row>
-    <row r="205" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:34" s="94" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A205" s="51">
         <v>44452</v>
       </c>
       <c r="B205" s="52">
         <v>15.031619433198383</v>
       </c>
       <c r="C205" s="53">
         <v>14.864903</v>
       </c>
       <c r="D205" s="54">
         <v>13.777916886897611</v>
       </c>
       <c r="E205" s="52">
         <v>-2.0522094926350252</v>
       </c>
       <c r="F205" s="53">
         <v>3.9620796999999999</v>
       </c>
       <c r="G205" s="54">
         <v>6.6589300488721141</v>
       </c>
       <c r="H205" s="55">
         <v>5.7539071566731135</v>
       </c>
       <c r="I205" s="56">
@@ -27740,51 +27548,51 @@
       <c r="M205" s="60">
         <v>0.78947368421052633</v>
       </c>
       <c r="N205" s="58">
         <v>0.26315789473684209</v>
       </c>
       <c r="O205" s="59">
         <v>-5.2631578947368418E-2</v>
       </c>
       <c r="P205" s="55">
         <v>8.9637246963562767</v>
       </c>
       <c r="Q205" s="61">
         <v>8.0021722000000004</v>
       </c>
       <c r="R205" s="54">
         <v>6.094853832547213</v>
       </c>
       <c r="S205" s="52">
         <v>0.41265957446808521</v>
       </c>
       <c r="T205" s="62">
         <v>0.30238294506397201</v>
       </c>
       <c r="U205" s="63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V205" s="64">
         <v>41.7</v>
       </c>
       <c r="W205" s="65">
         <v>-30.7</v>
       </c>
       <c r="X205" s="52">
         <v>37.700000000000003</v>
       </c>
       <c r="Y205" s="65">
         <v>-5.4</v>
       </c>
       <c r="Z205" s="61">
         <v>7.6984210526315788</v>
       </c>
       <c r="AA205" s="54">
         <v>5.5714999081988603</v>
       </c>
       <c r="AB205" s="52">
         <v>17.356710310965632</v>
       </c>
       <c r="AC205" s="66">
         <v>14.625361536527</v>
       </c>
@@ -27844,51 +27652,51 @@
       <c r="M206" s="50">
         <v>0.73913043478260865</v>
       </c>
       <c r="N206" s="45">
         <v>0.2608695652173913</v>
       </c>
       <c r="O206" s="46">
         <v>0</v>
       </c>
       <c r="P206" s="22">
         <v>6.7455128205128219</v>
       </c>
       <c r="Q206" s="5">
         <v>5.7690476000000004</v>
       </c>
       <c r="R206" s="14">
         <v>7.6816214769122508</v>
       </c>
       <c r="S206" s="33">
         <v>-12.543291013193926</v>
       </c>
       <c r="T206" s="28">
         <v>-9.1765875585163492</v>
       </c>
       <c r="U206" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V206" s="35">
         <v>42.8</v>
       </c>
       <c r="W206" s="39">
         <v>-33.5</v>
       </c>
       <c r="X206" s="33">
         <v>38</v>
       </c>
       <c r="Y206" s="39">
         <v>-5.8</v>
       </c>
       <c r="Z206" s="5">
         <v>7.4540346907993973</v>
       </c>
       <c r="AA206" s="14">
         <v>6.3842331712769296</v>
       </c>
       <c r="AB206" s="33">
         <v>9.2340497737556575</v>
       </c>
       <c r="AC206" s="16">
         <v>8.3049914363138608</v>
       </c>
@@ -27948,51 +27756,51 @@
       <c r="M207" s="50">
         <v>0.63636363636363635</v>
       </c>
       <c r="N207" s="45">
         <v>0.27272727272727271</v>
       </c>
       <c r="O207" s="46">
         <v>9.0909090909090912E-2</v>
       </c>
       <c r="P207" s="22">
         <v>12.303324081416866</v>
       </c>
       <c r="Q207" s="5">
         <v>10.959788</v>
       </c>
       <c r="R207" s="14">
         <v>9.206680630531741</v>
       </c>
       <c r="S207" s="33">
         <v>-10.865424266455195</v>
       </c>
       <c r="T207" s="28">
         <v>-10.405974416696299</v>
       </c>
       <c r="U207" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V207" s="35">
         <v>44.9</v>
       </c>
       <c r="W207" s="39">
         <v>-36.6</v>
       </c>
       <c r="X207" s="33">
         <v>39.700000000000003</v>
       </c>
       <c r="Y207" s="39">
         <v>-6.7</v>
       </c>
       <c r="Z207" s="5">
         <v>11.525040485829962</v>
       </c>
       <c r="AA207" s="14">
         <v>10.7607022175119</v>
       </c>
       <c r="AB207" s="33">
         <v>7.7256955810147314</v>
       </c>
       <c r="AC207" s="16">
         <v>6.3308173334255304</v>
       </c>
@@ -28052,51 +27860,51 @@
       <c r="M208" s="50">
         <v>0.59259259259259256</v>
       </c>
       <c r="N208" s="45">
         <v>0.27777777777777779</v>
       </c>
       <c r="O208" s="46">
         <v>0.12962962962962962</v>
       </c>
       <c r="P208" s="22">
         <v>9.1854385964912275</v>
       </c>
       <c r="Q208" s="5">
         <v>9.9161304000000001</v>
       </c>
       <c r="R208" s="14">
         <v>10.385429460817109</v>
       </c>
       <c r="S208" s="33">
         <v>-4.014912280701755</v>
       </c>
       <c r="T208" s="28">
         <v>-7.15099420458683</v>
       </c>
       <c r="U208" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V208" s="35">
         <v>45.4</v>
       </c>
       <c r="W208" s="39">
         <v>-37.200000000000003</v>
       </c>
       <c r="X208" s="33">
         <v>41</v>
       </c>
       <c r="Y208" s="39">
         <v>-5.7</v>
       </c>
       <c r="Z208" s="5">
         <v>12.384838709677419</v>
       </c>
       <c r="AA208" s="14">
         <v>12.041040494033201</v>
       </c>
       <c r="AB208" s="33">
         <v>4.2339007092198582</v>
       </c>
       <c r="AC208" s="16">
         <v>4.7317651408577799</v>
       </c>
@@ -28156,51 +27964,51 @@
       <c r="M209" s="50">
         <v>0.6</v>
       </c>
       <c r="N209" s="45">
         <v>0.26666666666666666</v>
       </c>
       <c r="O209" s="46">
         <v>0.13333333333333333</v>
       </c>
       <c r="P209" s="22">
         <v>6.0133333333333336</v>
       </c>
       <c r="Q209" s="5">
         <v>13.994509000000001</v>
       </c>
       <c r="R209" s="14">
         <v>11.059388967515623</v>
       </c>
       <c r="S209" s="33">
         <v>-10.183033427054047</v>
       </c>
       <c r="T209" s="28">
         <v>-11.367352264087501</v>
       </c>
       <c r="U209" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V209" s="35">
         <v>46.4</v>
       </c>
       <c r="W209" s="39">
         <v>-39</v>
       </c>
       <c r="X209" s="33">
         <v>40</v>
       </c>
       <c r="Y209" s="39">
         <v>-3.8</v>
       </c>
       <c r="Z209" s="5">
         <v>1.8095470165573251</v>
       </c>
       <c r="AA209" s="14">
         <v>7.25587203557106</v>
       </c>
       <c r="AB209" s="33">
         <v>7.7609090909090899</v>
       </c>
       <c r="AC209" s="16">
         <v>5.9666024968534597</v>
       </c>
@@ -28260,51 +28068,51 @@
       <c r="M210" s="50">
         <v>0.7</v>
       </c>
       <c r="N210" s="45">
         <v>0.2</v>
       </c>
       <c r="O210" s="46">
         <v>0.1</v>
       </c>
       <c r="P210" s="22">
         <v>13.423086487980106</v>
       </c>
       <c r="Q210" s="5">
         <v>14.116253</v>
       </c>
       <c r="R210" s="14">
         <v>11.036317628013608</v>
       </c>
       <c r="S210" s="33">
         <v>1.9695136852394919</v>
       </c>
       <c r="T210" s="28">
         <v>4.7144654676820998</v>
       </c>
       <c r="U210" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V210" s="35">
         <v>45.7</v>
       </c>
       <c r="W210" s="39">
         <v>-39.200000000000003</v>
       </c>
       <c r="X210" s="33">
         <v>37.700000000000003</v>
       </c>
       <c r="Y210" s="39">
         <v>-3.3</v>
       </c>
       <c r="Z210" s="5">
         <v>5.3071146245059282</v>
       </c>
       <c r="AA210" s="14">
         <v>10.8880018480762</v>
       </c>
       <c r="AB210" s="33">
         <v>4.7815923207227549</v>
       </c>
       <c r="AC210" s="16">
         <v>3.78673281532377</v>
       </c>
@@ -28364,51 +28172,51 @@
       <c r="M211" s="50">
         <v>0.6785714285714286</v>
       </c>
       <c r="N211" s="45">
         <v>0.16071428571428573</v>
       </c>
       <c r="O211" s="46">
         <v>0.16071428571428573</v>
       </c>
       <c r="P211" s="22">
         <v>12.671221719457014</v>
       </c>
       <c r="Q211" s="5">
         <v>11.86032</v>
       </c>
       <c r="R211" s="14">
         <v>10.335133634264601</v>
       </c>
       <c r="S211" s="33">
         <v>-0.60213160333642279</v>
       </c>
       <c r="T211" s="28">
         <v>-2.19373054475825</v>
       </c>
       <c r="U211" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V211" s="35">
         <v>46.8</v>
       </c>
       <c r="W211" s="39">
         <v>-42.1</v>
       </c>
       <c r="X211" s="33">
         <v>37.299999999999997</v>
       </c>
       <c r="Y211" s="39">
         <v>-4.9000000000000004</v>
       </c>
       <c r="Z211" s="5">
         <v>11.32597312326228</v>
       </c>
       <c r="AA211" s="14">
         <v>11.750553439154499</v>
       </c>
       <c r="AB211" s="33">
         <v>-5.9195121951219525</v>
       </c>
       <c r="AC211" s="16">
         <v>-4.1241180221325298</v>
       </c>
@@ -28468,51 +28276,51 @@
       <c r="M212" s="50">
         <v>0.7321428571428571</v>
       </c>
       <c r="N212" s="45">
         <v>0.14285714285714285</v>
       </c>
       <c r="O212" s="46">
         <v>0.125</v>
       </c>
       <c r="P212" s="22">
         <v>7.3220113220113232</v>
       </c>
       <c r="Q212" s="5">
         <v>6.0685643000000002</v>
       </c>
       <c r="R212" s="14">
         <v>9.1963332625377081</v>
       </c>
       <c r="S212" s="33">
         <v>-5.9153424888364645</v>
       </c>
       <c r="T212" s="28">
         <v>-6.8275307530845302</v>
       </c>
       <c r="U212" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V212" s="35">
         <v>49.8</v>
       </c>
       <c r="W212" s="39">
         <v>-45.5</v>
       </c>
       <c r="X212" s="33">
         <v>38.5</v>
       </c>
       <c r="Y212" s="39">
         <v>-7.1</v>
       </c>
       <c r="Z212" s="5">
         <v>12.714602166126557</v>
       </c>
       <c r="AA212" s="14">
         <v>11.4492181387923</v>
       </c>
       <c r="AB212" s="33">
         <v>-7.768776223776225</v>
       </c>
       <c r="AC212" s="16">
         <v>-3.34941332991195</v>
       </c>
@@ -28572,51 +28380,51 @@
       <c r="M213" s="50">
         <v>0.70370370370370372</v>
       </c>
       <c r="N213" s="45">
         <v>0.18518518518518517</v>
       </c>
       <c r="O213" s="46">
         <v>0.1111111111111111</v>
       </c>
       <c r="P213" s="22">
         <v>11.593887593887594</v>
       </c>
       <c r="Q213" s="5">
         <v>11.854373000000001</v>
       </c>
       <c r="R213" s="14">
         <v>7.9701384269247235</v>
       </c>
       <c r="S213" s="33">
         <v>-10.253005222625477</v>
       </c>
       <c r="T213" s="28">
         <v>-7.7669388237809898</v>
       </c>
       <c r="U213" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V213" s="35">
         <v>51.7</v>
       </c>
       <c r="W213" s="39">
         <v>-46.4</v>
       </c>
       <c r="X213" s="33">
         <v>40.9</v>
       </c>
       <c r="Y213" s="39">
         <v>-7.5</v>
       </c>
       <c r="Z213" s="5">
         <v>22.754111711073737</v>
       </c>
       <c r="AA213" s="14">
         <v>18.410265419487999</v>
       </c>
       <c r="AB213" s="33">
         <v>-4.6649184149184144</v>
       </c>
       <c r="AC213" s="16">
         <v>-5.1347208033745702</v>
       </c>
@@ -28676,51 +28484,51 @@
       <c r="M214" s="50">
         <v>0.71153846153846156</v>
       </c>
       <c r="N214" s="45">
         <v>0.23076923076923078</v>
       </c>
       <c r="O214" s="46">
         <v>5.7692307692307696E-2</v>
       </c>
       <c r="P214" s="22">
         <v>4.2442307692307697</v>
       </c>
       <c r="Q214" s="5">
         <v>1.6601622</v>
       </c>
       <c r="R214" s="14">
         <v>6.7817516916945895</v>
       </c>
       <c r="S214" s="33">
         <v>-5.5250000000000004</v>
       </c>
       <c r="T214" s="28">
         <v>-4.6380676760431099</v>
       </c>
       <c r="U214" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V214" s="35">
         <v>50.8</v>
       </c>
       <c r="W214" s="39">
         <v>-45.3</v>
       </c>
       <c r="X214" s="33">
         <v>41.2</v>
       </c>
       <c r="Y214" s="39">
         <v>-8.5</v>
       </c>
       <c r="Z214" s="5">
         <v>27.044419963598045</v>
       </c>
       <c r="AA214" s="14">
         <v>25.514347284101301</v>
       </c>
       <c r="AB214" s="33">
         <v>-12.943006993006993</v>
       </c>
       <c r="AC214" s="16">
         <v>-10.7053651938649</v>
       </c>
@@ -28780,93 +28588,93 @@
       <c r="M215" s="50">
         <v>0.6470588235294118</v>
       </c>
       <c r="N215" s="45">
         <v>0.27450980392156865</v>
       </c>
       <c r="O215" s="46">
         <v>7.8431372549019607E-2</v>
       </c>
       <c r="P215" s="22">
         <v>2.8000000000000003</v>
       </c>
       <c r="Q215" s="5">
         <v>1.9382442</v>
       </c>
       <c r="R215" s="14">
         <v>6.0358169573087084</v>
       </c>
       <c r="S215" s="33">
         <v>-3.0192307692307696</v>
       </c>
       <c r="T215" s="28">
         <v>-4.59144631954792</v>
       </c>
       <c r="U215" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V215" s="35">
         <v>50</v>
       </c>
       <c r="W215" s="39">
         <v>-43.5</v>
       </c>
       <c r="X215" s="33">
         <v>41.3</v>
       </c>
       <c r="Y215" s="39">
         <v>-10.9</v>
       </c>
       <c r="Z215" s="5">
         <v>27.855378867707635</v>
       </c>
       <c r="AA215" s="14">
         <v>28.7056594016309</v>
       </c>
       <c r="AB215" s="33">
         <v>-12.782867132867134</v>
       </c>
       <c r="AC215" s="16">
         <v>-12.204367931583599</v>
       </c>
       <c r="AD215" s="39">
         <v>24.1</v>
       </c>
       <c r="AE215" s="5">
         <v>3.6428571428571428</v>
       </c>
       <c r="AF215" s="47">
         <v>1.5563909774436091</v>
       </c>
       <c r="AG215" s="47">
         <v>1.1353383458646618</v>
       </c>
       <c r="AH215" s="47">
         <v>2.3872180451127818</v>
       </c>
     </row>
-    <row r="216" spans="1:34" s="91" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="216" spans="1:34" s="94" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A216" s="51">
         <v>44775</v>
       </c>
       <c r="B216" s="52">
         <v>1.7380806938159876</v>
       </c>
       <c r="C216" s="53">
         <v>1.6033884</v>
       </c>
       <c r="D216" s="54">
         <v>-0.4174650064116977</v>
       </c>
       <c r="E216" s="52">
         <v>-17.649557971014492</v>
       </c>
       <c r="F216" s="53">
         <v>-14.643686000000001</v>
       </c>
       <c r="G216" s="54">
         <v>-10.60115884859149</v>
       </c>
       <c r="H216" s="52">
         <v>0.83886990950226259</v>
       </c>
       <c r="I216" s="56">
@@ -28884,51 +28692,51 @@
       <c r="M216" s="60">
         <v>0.66136724960254378</v>
       </c>
       <c r="N216" s="58">
         <v>0.28590355060943295</v>
       </c>
       <c r="O216" s="59">
         <v>5.2729199788023318E-2</v>
       </c>
       <c r="P216" s="52">
         <v>7.3638480392156858</v>
       </c>
       <c r="Q216" s="61">
         <v>6.2048680000000003</v>
       </c>
       <c r="R216" s="54">
         <v>5.7685184485670016</v>
       </c>
       <c r="S216" s="52">
         <v>-4.1348359728506789</v>
       </c>
       <c r="T216" s="62">
         <v>-5.16465614050216</v>
       </c>
       <c r="U216" s="63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V216" s="64">
         <v>51.6</v>
       </c>
       <c r="W216" s="65">
         <v>-44.9</v>
       </c>
       <c r="X216" s="52">
         <v>40.799999999999997</v>
       </c>
       <c r="Y216" s="65">
         <v>-12</v>
       </c>
       <c r="Z216" s="52">
         <v>30.678816884834212</v>
       </c>
       <c r="AA216" s="54">
         <v>29.356111572998099</v>
       </c>
       <c r="AB216" s="52">
         <v>-11.96696386946387</v>
       </c>
       <c r="AC216" s="66">
         <v>-13.185669053892999</v>
       </c>
@@ -28988,51 +28796,51 @@
       <c r="M217" s="50">
         <v>0.67567567567567566</v>
       </c>
       <c r="N217" s="45">
         <v>0.29729729729729731</v>
       </c>
       <c r="O217" s="46">
         <v>2.7027027027027029E-2</v>
       </c>
       <c r="P217" s="22">
         <v>11.927696078431371</v>
       </c>
       <c r="Q217" s="5">
         <v>11.034190000000001</v>
       </c>
       <c r="R217" s="14">
         <v>5.7212509832687619</v>
       </c>
       <c r="S217" s="33">
         <v>-5.2504411764705887</v>
       </c>
       <c r="T217" s="28">
         <v>-5.7962382877331304</v>
       </c>
       <c r="U217" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V217" s="35">
         <v>53.1</v>
       </c>
       <c r="W217" s="39">
         <v>-46.4</v>
       </c>
       <c r="X217" s="33">
         <v>40.299999999999997</v>
       </c>
       <c r="Y217" s="39">
         <v>-13.1</v>
       </c>
       <c r="Z217" s="5">
         <v>33.502254901960789</v>
       </c>
       <c r="AA217" s="14">
         <v>31.0767386344965</v>
       </c>
       <c r="AB217" s="33">
         <v>-11.151060606060605</v>
       </c>
       <c r="AC217" s="16">
         <v>-13.3940190691363</v>
       </c>
@@ -29092,51 +28900,51 @@
       <c r="M218" s="50">
         <v>0.72</v>
       </c>
       <c r="N218" s="45">
         <v>0.22</v>
       </c>
       <c r="O218" s="46">
         <v>0.06</v>
       </c>
       <c r="P218" s="22">
         <v>8.3825084175084168</v>
       </c>
       <c r="Q218" s="5">
         <v>7.4289943000000003</v>
       </c>
       <c r="R218" s="14">
         <v>5.6668014332732097</v>
       </c>
       <c r="S218" s="33">
         <v>-8.3246582365003405</v>
       </c>
       <c r="T218" s="28">
         <v>-5.8641542724812501</v>
       </c>
       <c r="U218" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V218" s="35">
         <v>56</v>
       </c>
       <c r="W218" s="39">
         <v>-48.4</v>
       </c>
       <c r="X218" s="33">
         <v>44.8</v>
       </c>
       <c r="Y218" s="39">
         <v>-11.5</v>
       </c>
       <c r="Z218" s="5">
         <v>32.05255681818182</v>
       </c>
       <c r="AA218" s="14">
         <v>30.504012131427199</v>
       </c>
       <c r="AB218" s="33">
         <v>-14.826160801564026</v>
       </c>
       <c r="AC218" s="16">
         <v>-15.3912252632672</v>
       </c>
@@ -29196,51 +29004,51 @@
       <c r="M219" s="50">
         <v>0.75903614457831325</v>
       </c>
       <c r="N219" s="45">
         <v>0.18072289156626506</v>
       </c>
       <c r="O219" s="46">
         <v>6.0240963855421686E-2</v>
       </c>
       <c r="P219" s="22">
         <v>1.160442477876106</v>
       </c>
       <c r="Q219" s="5">
         <v>-9.4774901999999994E-2</v>
       </c>
       <c r="R219" s="14">
         <v>5.7601824989813784</v>
       </c>
       <c r="S219" s="33">
         <v>-0.25964912280701752</v>
       </c>
       <c r="T219" s="28">
         <v>1.3424559763328601</v>
       </c>
       <c r="U219" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V219" s="35">
         <v>56.1</v>
       </c>
       <c r="W219" s="39">
         <v>-49.1</v>
       </c>
       <c r="X219" s="33">
         <v>46.2</v>
       </c>
       <c r="Y219" s="39">
         <v>-11.9</v>
       </c>
       <c r="Z219" s="5">
         <v>32.413585038814396</v>
       </c>
       <c r="AA219" s="14">
         <v>30.7703150497723</v>
       </c>
       <c r="AB219" s="33">
         <v>-15.302905982905985</v>
       </c>
       <c r="AC219" s="16">
         <v>-16.485116286170101</v>
       </c>
@@ -29300,51 +29108,51 @@
       <c r="M220" s="50">
         <v>0.7528089887640449</v>
       </c>
       <c r="N220" s="45">
         <v>0.16853932584269662</v>
       </c>
       <c r="O220" s="46">
         <v>7.8651685393258425E-2</v>
       </c>
       <c r="P220" s="22">
         <v>4.7639332365747471</v>
       </c>
       <c r="Q220" s="5">
         <v>5.6775165000000003</v>
       </c>
       <c r="R220" s="14">
         <v>6.2831833460264468</v>
       </c>
       <c r="S220" s="33">
         <v>3.8119013062409279</v>
       </c>
       <c r="T220" s="28">
         <v>9.5306093754728302E-2</v>
       </c>
       <c r="U220" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V220" s="35">
         <v>57.2</v>
       </c>
       <c r="W220" s="39">
         <v>-47</v>
       </c>
       <c r="X220" s="33">
         <v>47.5</v>
       </c>
       <c r="Y220" s="39">
         <v>-10.9</v>
       </c>
       <c r="Z220" s="5">
         <v>20.042307692307691</v>
       </c>
       <c r="AA220" s="14">
         <v>20.693765172735699</v>
       </c>
       <c r="AB220" s="33">
         <v>-11.211538461538462</v>
       </c>
       <c r="AC220" s="16">
         <v>-10.981627131853999</v>
       </c>
@@ -29404,51 +29212,51 @@
       <c r="M221" s="50">
         <v>0.73913043478260865</v>
       </c>
       <c r="N221" s="45">
         <v>0.17391304347826086</v>
       </c>
       <c r="O221" s="46">
         <v>8.6956521739130432E-2</v>
       </c>
       <c r="P221" s="22">
         <v>1.6598130841121495</v>
       </c>
       <c r="Q221" s="5">
         <v>9.7583205</v>
       </c>
       <c r="R221" s="14">
         <v>7.0963731831364578</v>
       </c>
       <c r="S221" s="33">
         <v>10.314953271028038</v>
       </c>
       <c r="T221" s="28">
         <v>9.4745809504380905</v>
       </c>
       <c r="U221" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V221" s="35">
         <v>54.1</v>
       </c>
       <c r="W221" s="39">
         <v>-43.6</v>
       </c>
       <c r="X221" s="33">
         <v>46.3</v>
       </c>
       <c r="Y221" s="39">
         <v>-9.6999999999999993</v>
       </c>
       <c r="Z221" s="5">
         <v>22.154761904761905</v>
       </c>
       <c r="AA221" s="14">
         <v>28.598868906419401</v>
       </c>
       <c r="AB221" s="33">
         <v>-11.823076923076924</v>
       </c>
       <c r="AC221" s="16">
         <v>-14.235155852192101</v>
       </c>
@@ -29508,51 +29316,51 @@
       <c r="M222" s="50">
         <v>0.62264150943396224</v>
       </c>
       <c r="N222" s="45">
         <v>0.22641509433962265</v>
       </c>
       <c r="O222" s="46">
         <v>0.15094339622641509</v>
       </c>
       <c r="P222" s="22">
         <v>8.2818181818181813</v>
       </c>
       <c r="Q222" s="5">
         <v>9.0966620999999996</v>
       </c>
       <c r="R222" s="14">
         <v>8.016748064649061</v>
       </c>
       <c r="S222" s="33">
         <v>-8.8145454545454545</v>
       </c>
       <c r="T222" s="28">
         <v>-5.6789319650077497</v>
       </c>
       <c r="U222" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V222" s="35">
         <v>53.9</v>
       </c>
       <c r="W222" s="39">
         <v>-40.1</v>
       </c>
       <c r="X222" s="33">
         <v>42.7</v>
       </c>
       <c r="Y222" s="39">
         <v>-6.9</v>
       </c>
       <c r="Z222" s="5">
         <v>24.344547803617573</v>
       </c>
       <c r="AA222" s="14">
         <v>30.589472810474501</v>
       </c>
       <c r="AB222" s="33">
         <v>-8.3088888888888892</v>
       </c>
       <c r="AC222" s="16">
         <v>-10.098466914146201</v>
       </c>
@@ -29612,51 +29420,51 @@
       <c r="M223" s="50">
         <v>0.53658536585365857</v>
       </c>
       <c r="N223" s="45">
         <v>0.29268292682926828</v>
       </c>
       <c r="O223" s="46">
         <v>0.17073170731707318</v>
       </c>
       <c r="P223" s="22">
         <v>1.8533108866442203</v>
       </c>
       <c r="Q223" s="5">
         <v>1.1010382000000001</v>
       </c>
       <c r="R223" s="14">
         <v>9.0528110461151012</v>
       </c>
       <c r="S223" s="33">
         <v>-0.18271604938271604</v>
       </c>
       <c r="T223" s="28">
         <v>-2.88608383657128</v>
       </c>
       <c r="U223" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V223" s="35">
         <v>49.9</v>
       </c>
       <c r="W223" s="39">
         <v>-38.5</v>
       </c>
       <c r="X223" s="33">
         <v>39.299999999999997</v>
       </c>
       <c r="Y223" s="39">
         <v>-4.8</v>
       </c>
       <c r="Z223" s="5">
         <v>29.644086433959853</v>
       </c>
       <c r="AA223" s="14">
         <v>30.4138625891629</v>
       </c>
       <c r="AB223" s="33">
         <v>-13.540340109960363</v>
       </c>
       <c r="AC223" s="16">
         <v>-11.553504852460399</v>
       </c>
@@ -29716,51 +29524,51 @@
       <c r="M224" s="50">
         <v>0.58695652173913049</v>
       </c>
       <c r="N224" s="45">
         <v>0.34782608695652173</v>
       </c>
       <c r="O224" s="46">
         <v>6.5217391304347824E-2</v>
       </c>
       <c r="P224" s="22">
         <v>15.005000000000001</v>
       </c>
       <c r="Q224" s="5">
         <v>13.645167000000001</v>
       </c>
       <c r="R224" s="14">
         <v>10.290756840304915</v>
       </c>
       <c r="S224" s="33">
         <v>-10.392222222222221</v>
       </c>
       <c r="T224" s="28">
         <v>-11.3443545940628</v>
       </c>
       <c r="U224" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V224" s="35">
         <v>49.3</v>
       </c>
       <c r="W224" s="39">
         <v>-39</v>
       </c>
       <c r="X224" s="33">
         <v>36.6</v>
       </c>
       <c r="Y224" s="39">
         <v>-5.7</v>
       </c>
       <c r="Z224" s="5">
         <v>33.629567099567097</v>
       </c>
       <c r="AA224" s="14">
         <v>32.874876091599901</v>
       </c>
       <c r="AB224" s="33">
         <v>-18.637676767676766</v>
       </c>
       <c r="AC224" s="16">
         <v>-14.2003415597533</v>
       </c>
@@ -29820,51 +29628,51 @@
       <c r="M225" s="50">
         <v>0.5714285714285714</v>
       </c>
       <c r="N225" s="45">
         <v>0.40476190476190477</v>
       </c>
       <c r="O225" s="46">
         <v>2.3809523809523808E-2</v>
       </c>
       <c r="P225" s="22">
         <v>11.819740259740259</v>
       </c>
       <c r="Q225" s="5">
         <v>11.917351999999999</v>
       </c>
       <c r="R225" s="14">
         <v>11.244710171059699</v>
       </c>
       <c r="S225" s="33">
         <v>0.19473684210526315</v>
       </c>
       <c r="T225" s="28">
         <v>3.2846506969731402</v>
       </c>
       <c r="U225" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V225" s="35">
         <v>44.9</v>
       </c>
       <c r="W225" s="39">
         <v>-35.1</v>
       </c>
       <c r="X225" s="33">
         <v>36.4</v>
       </c>
       <c r="Y225" s="39">
         <v>-7.1</v>
       </c>
       <c r="Z225" s="5">
         <v>37.839014084507042</v>
       </c>
       <c r="AA225" s="14">
         <v>32.628738257419997</v>
       </c>
       <c r="AB225" s="33">
         <v>-10.892222222222223</v>
       </c>
       <c r="AC225" s="16">
         <v>-11.475436960509301</v>
       </c>
@@ -29924,51 +29732,51 @@
       <c r="M226" s="50">
         <v>0.63265306122448983</v>
       </c>
       <c r="N226" s="45">
         <v>0.36734693877551022</v>
       </c>
       <c r="O226" s="46">
         <v>0</v>
       </c>
       <c r="P226" s="22">
         <v>19.011538461538461</v>
       </c>
       <c r="Q226" s="5">
         <v>16.249196000000001</v>
       </c>
       <c r="R226" s="14">
         <v>11.670120234141164</v>
       </c>
       <c r="S226" s="33">
         <v>-1.9022077922077922</v>
       </c>
       <c r="T226" s="28">
         <v>-0.31115886119458402</v>
       </c>
       <c r="U226" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V226" s="35">
         <v>44.9</v>
       </c>
       <c r="W226" s="39">
         <v>-30.1</v>
       </c>
       <c r="X226" s="33">
         <v>35.799999999999997</v>
       </c>
       <c r="Y226" s="39">
         <v>-8.9</v>
       </c>
       <c r="Z226" s="5">
         <v>26.736333333333334</v>
       </c>
       <c r="AA226" s="14">
         <v>25.9454544217439</v>
       </c>
       <c r="AB226" s="33">
         <v>-8.048947368421052</v>
       </c>
       <c r="AC226" s="16">
         <v>-5.9797943261282596</v>
       </c>
@@ -30028,51 +29836,51 @@
       <c r="M227" s="50">
         <v>0.6</v>
       </c>
       <c r="N227" s="45">
         <v>0.33333333333333331</v>
       </c>
       <c r="O227" s="46">
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="P227" s="22">
         <v>13.211282051282051</v>
       </c>
       <c r="Q227" s="5">
         <v>12.174222</v>
       </c>
       <c r="R227" s="14">
         <v>11.370827723795932</v>
       </c>
       <c r="S227" s="33">
         <v>6.3744155844155843</v>
       </c>
       <c r="T227" s="28">
         <v>5.1000729003828003</v>
       </c>
       <c r="U227" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V227" s="35">
         <v>45.1</v>
       </c>
       <c r="W227" s="39">
         <v>-24.4</v>
       </c>
       <c r="X227" s="33">
         <v>35.6</v>
       </c>
       <c r="Y227" s="39">
         <v>-7.5</v>
       </c>
       <c r="Z227" s="5">
         <v>36.252000000000002</v>
       </c>
       <c r="AA227" s="14">
         <v>36.351928891836799</v>
       </c>
       <c r="AB227" s="33">
         <v>-8.8278947368421044</v>
       </c>
       <c r="AC227" s="16">
         <v>-7.9479724406765699</v>
       </c>
@@ -30132,51 +29940,51 @@
       <c r="M228" s="50">
         <v>0.61250000000000004</v>
       </c>
       <c r="N228" s="45">
         <v>0.29166666666666663</v>
       </c>
       <c r="O228" s="46">
         <v>9.5833333333333326E-2</v>
       </c>
       <c r="P228" s="33">
         <v>11.901095571095571</v>
       </c>
       <c r="Q228" s="5">
         <v>10.694456000000001</v>
       </c>
       <c r="R228" s="14">
         <v>10.480103245483491</v>
       </c>
       <c r="S228" s="33">
         <v>4.668109668109377E-3</v>
       </c>
       <c r="T228" s="28">
         <v>-1.0198102872063901</v>
       </c>
       <c r="U228" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V228" s="35">
         <v>45.8</v>
       </c>
       <c r="W228" s="39">
         <v>-27.1</v>
       </c>
       <c r="X228" s="33">
         <v>35.9</v>
       </c>
       <c r="Y228" s="39">
         <v>-7.1</v>
       </c>
       <c r="Z228" s="33">
         <v>31.174360655737708</v>
       </c>
       <c r="AA228" s="14">
         <v>28.9066001413035</v>
       </c>
       <c r="AB228" s="33">
         <v>-7.9964870509607344</v>
       </c>
       <c r="AC228" s="16">
         <v>-8.9554856046569</v>
       </c>
@@ -30236,51 +30044,51 @@
       <c r="M229" s="50">
         <v>0.625</v>
       </c>
       <c r="N229" s="45">
         <v>0.25</v>
       </c>
       <c r="O229" s="46">
         <v>0.125</v>
       </c>
       <c r="P229" s="22">
         <v>10.59090909090909</v>
       </c>
       <c r="Q229" s="5">
         <v>9.8094643000000001</v>
       </c>
       <c r="R229" s="14">
         <v>9.1890155540305098</v>
       </c>
       <c r="S229" s="33">
         <v>-6.3650793650793656</v>
       </c>
       <c r="T229" s="28">
         <v>-7.3476798518972499</v>
       </c>
       <c r="U229" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V229" s="35">
         <v>46.6</v>
       </c>
       <c r="W229" s="39">
         <v>-29.8</v>
       </c>
       <c r="X229" s="33">
         <v>36.1</v>
       </c>
       <c r="Y229" s="39">
         <v>-6.8</v>
       </c>
       <c r="Z229" s="5">
         <v>26.096721311475413</v>
       </c>
       <c r="AA229" s="14">
         <v>23.646373190371801</v>
       </c>
       <c r="AB229" s="33">
         <v>-7.1650793650793654</v>
       </c>
       <c r="AC229" s="16">
         <v>-8.9456297934847502</v>
       </c>
@@ -30340,51 +30148,51 @@
       <c r="M230" s="50">
         <v>0.66666666666666663</v>
       </c>
       <c r="N230" s="45">
         <v>0.26666666666666666</v>
       </c>
       <c r="O230" s="46">
         <v>6.6666666666666666E-2</v>
       </c>
       <c r="P230" s="22">
         <v>10.583104395604398</v>
       </c>
       <c r="Q230" s="5">
         <v>9.6414972999999993</v>
       </c>
       <c r="R230" s="14">
         <v>7.7040544657396683</v>
       </c>
       <c r="S230" s="33">
         <v>1.2333333333333332</v>
       </c>
       <c r="T230" s="28">
         <v>2.7871693930865602</v>
       </c>
       <c r="U230" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V230" s="35">
         <v>44</v>
       </c>
       <c r="W230" s="39">
         <v>-29.9</v>
       </c>
       <c r="X230" s="33">
         <v>36.799999999999997</v>
       </c>
       <c r="Y230" s="39">
         <v>-3.8</v>
       </c>
       <c r="Z230" s="5">
         <v>22.185091317133569</v>
       </c>
       <c r="AA230" s="14">
         <v>20.069093470556499</v>
       </c>
       <c r="AB230" s="33">
         <v>0.32965872156013076</v>
       </c>
       <c r="AC230" s="16">
         <v>0.195081882619734</v>
       </c>
@@ -30444,51 +30252,51 @@
       <c r="M231" s="50">
         <v>0.61363636363636365</v>
       </c>
       <c r="N231" s="45">
         <v>0.31818181818181818</v>
       </c>
       <c r="O231" s="46">
         <v>6.8181818181818177E-2</v>
       </c>
       <c r="P231" s="22">
         <v>6.3583333333333325</v>
       </c>
       <c r="Q231" s="5">
         <v>5.1049521999999996</v>
       </c>
       <c r="R231" s="14">
         <v>6.2763463973431062</v>
       </c>
       <c r="S231" s="33">
         <v>-3.5555936073059358</v>
       </c>
       <c r="T231" s="28">
         <v>-1.22782849312178</v>
       </c>
       <c r="U231" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V231" s="35">
         <v>43.8</v>
       </c>
       <c r="W231" s="39">
         <v>-29.4</v>
       </c>
       <c r="X231" s="33">
         <v>36.5</v>
       </c>
       <c r="Y231" s="39">
         <v>-2.2000000000000002</v>
       </c>
       <c r="Z231" s="5">
         <v>32.413413816230715</v>
       </c>
       <c r="AA231" s="14">
         <v>30.297198967777</v>
       </c>
       <c r="AB231" s="33">
         <v>-1.1194444444444451</v>
       </c>
       <c r="AC231" s="16">
         <v>-2.3152479067809999</v>
       </c>
@@ -30548,51 +30356,51 @@
       <c r="M232" s="50">
         <v>0.61363636363636365</v>
       </c>
       <c r="N232" s="45">
         <v>0.34090909090909088</v>
       </c>
       <c r="O232" s="46">
         <v>4.5454545454545456E-2</v>
       </c>
       <c r="P232" s="22">
         <v>-1.0861111111111108</v>
       </c>
       <c r="Q232" s="5">
         <v>-3.7921847000000002E-2</v>
       </c>
       <c r="R232" s="14">
         <v>5.2964021421384588</v>
       </c>
       <c r="S232" s="33">
         <v>0.44476525821596302</v>
       </c>
       <c r="T232" s="28">
         <v>-3.8415298018163702</v>
       </c>
       <c r="U232" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V232" s="35">
         <v>42.5</v>
       </c>
       <c r="W232" s="39">
         <v>-21.6</v>
       </c>
       <c r="X232" s="33">
         <v>36.4</v>
       </c>
       <c r="Y232" s="39">
         <v>2.9</v>
       </c>
       <c r="Z232" s="5">
         <v>18.444089026915115</v>
       </c>
       <c r="AA232" s="14">
         <v>20.213648418514101</v>
       </c>
       <c r="AB232" s="33">
         <v>-11.24689075630252</v>
       </c>
       <c r="AC232" s="16">
         <v>-11.5338821986506</v>
       </c>
@@ -30652,51 +30460,51 @@
       <c r="M233" s="50">
         <v>0.48979591836734693</v>
       </c>
       <c r="N233" s="45">
         <v>0.30612244897959184</v>
       </c>
       <c r="O233" s="46">
         <v>0.20408163265306123</v>
       </c>
       <c r="P233" s="22">
         <v>-5.8357142857142872</v>
       </c>
       <c r="Q233" s="5">
         <v>2.4076002000000001</v>
       </c>
       <c r="R233" s="14">
         <v>5.0704595295857242</v>
       </c>
       <c r="S233" s="33">
         <v>0.28333333333333288</v>
       </c>
       <c r="T233" s="28">
         <v>-0.31286998651417702</v>
       </c>
       <c r="U233" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V233" s="35">
         <v>43.9</v>
       </c>
       <c r="W233" s="39">
         <v>-23</v>
       </c>
       <c r="X233" s="33">
         <v>35.4</v>
       </c>
       <c r="Y233" s="39">
         <v>-0.7</v>
       </c>
       <c r="Z233" s="5">
         <v>13.023564753004006</v>
       </c>
       <c r="AA233" s="14">
         <v>19.690559431278299</v>
       </c>
       <c r="AB233" s="33">
         <v>3.0161375661375671</v>
       </c>
       <c r="AC233" s="16">
         <v>0.65236258236979805</v>
       </c>
@@ -30756,51 +30564,51 @@
       <c r="M234" s="50">
         <v>0.55102040816326525</v>
       </c>
       <c r="N234" s="45">
         <v>0.22448979591836735</v>
       </c>
       <c r="O234" s="46">
         <v>0.22448979591836735</v>
       </c>
       <c r="P234" s="22">
         <v>2.7373626373626365</v>
       </c>
       <c r="Q234" s="5">
         <v>3.6745337999999999</v>
       </c>
       <c r="R234" s="14">
         <v>5.520992073379543</v>
       </c>
       <c r="S234" s="33">
         <v>-7.61741573033708</v>
       </c>
       <c r="T234" s="28">
         <v>-4.2712750767272798</v>
       </c>
       <c r="U234" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V234" s="35">
         <v>44</v>
       </c>
       <c r="W234" s="39">
         <v>-20.2</v>
       </c>
       <c r="X234" s="33">
         <v>35.700000000000003</v>
       </c>
       <c r="Y234" s="39">
         <v>-0.3</v>
       </c>
       <c r="Z234" s="5">
         <v>11.090259740259739</v>
       </c>
       <c r="AA234" s="14">
         <v>17.716997823401901</v>
       </c>
       <c r="AB234" s="33">
         <v>-2.0246753246753242</v>
       </c>
       <c r="AC234" s="16">
         <v>-4.4636579257606099</v>
       </c>
@@ -30860,51 +30668,51 @@
       <c r="M235" s="50">
         <v>0.48888888888888887</v>
       </c>
       <c r="N235" s="45">
         <v>0.26666666666666666</v>
       </c>
       <c r="O235" s="46">
         <v>0.24444444444444444</v>
       </c>
       <c r="P235" s="22">
         <v>14.084981684981686</v>
       </c>
       <c r="Q235" s="5">
         <v>13.339655</v>
       </c>
       <c r="R235" s="14">
         <v>6.3789006735752931</v>
       </c>
       <c r="S235" s="33">
         <v>1.7876623376623382</v>
       </c>
       <c r="T235" s="28">
         <v>-1.6253862387512401</v>
       </c>
       <c r="U235" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V235" s="35">
         <v>44.4</v>
       </c>
       <c r="W235" s="39">
         <v>-22.2</v>
       </c>
       <c r="X235" s="33">
         <v>35.799999999999997</v>
       </c>
       <c r="Y235" s="39">
         <v>-3.3</v>
       </c>
       <c r="Z235" s="5">
         <v>17.526672694394215</v>
       </c>
       <c r="AA235" s="14">
         <v>18.486830539221401</v>
       </c>
       <c r="AB235" s="33">
         <v>-3.3169077757685343</v>
       </c>
       <c r="AC235" s="16">
         <v>-1.0782818516805499</v>
       </c>
@@ -30964,51 +30772,51 @@
       <c r="M236" s="50">
         <v>0.59459459459459463</v>
       </c>
       <c r="N236" s="45">
         <v>0.32432432432432434</v>
       </c>
       <c r="O236" s="46">
         <v>8.1081081081081086E-2</v>
       </c>
       <c r="P236" s="22">
         <v>-0.43500000000000094</v>
       </c>
       <c r="Q236" s="5">
         <v>-1.8534078</v>
       </c>
       <c r="R236" s="14">
         <v>7.2422475055247872</v>
       </c>
       <c r="S236" s="33">
         <v>-2.9759493670886084</v>
       </c>
       <c r="T236" s="28">
         <v>-3.7894114154821801</v>
       </c>
       <c r="U236" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V236" s="35">
         <v>40.9</v>
       </c>
       <c r="W236" s="39">
         <v>-19.3</v>
       </c>
       <c r="X236" s="33">
         <v>35.5</v>
       </c>
       <c r="Y236" s="39">
         <v>-2</v>
       </c>
       <c r="Z236" s="5">
         <v>18.167179487179485</v>
       </c>
       <c r="AA236" s="14">
         <v>17.710482829928701</v>
       </c>
       <c r="AB236" s="33">
         <v>-4.0093670886075934</v>
       </c>
       <c r="AC236" s="16">
         <v>0.42154885415742399</v>
       </c>
@@ -31068,51 +30876,51 @@
       <c r="M237" s="50">
         <v>0.51282051282051277</v>
       </c>
       <c r="N237" s="45">
         <v>0.38461538461538464</v>
       </c>
       <c r="O237" s="46">
         <v>0.10256410256410256</v>
       </c>
       <c r="P237" s="22">
         <v>17.38</v>
       </c>
       <c r="Q237" s="5">
         <v>17.397147</v>
       </c>
       <c r="R237" s="14">
         <v>8.2098684371283746</v>
       </c>
       <c r="S237" s="33">
         <v>-13.948219178082191</v>
       </c>
       <c r="T237" s="28">
         <v>-10.5041961586402</v>
       </c>
       <c r="U237" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V237" s="35">
         <v>38.1</v>
       </c>
       <c r="W237" s="39">
         <v>-16.7</v>
       </c>
       <c r="X237" s="33">
         <v>33.1</v>
       </c>
       <c r="Y237" s="39">
         <v>-3.3</v>
       </c>
       <c r="Z237" s="5">
         <v>24.751111111111115</v>
       </c>
       <c r="AA237" s="14">
         <v>19.0930484160715</v>
       </c>
       <c r="AB237" s="33">
         <v>-8.5150000000000006</v>
       </c>
       <c r="AC237" s="16">
         <v>-9.1707680476306592</v>
       </c>
@@ -31172,51 +30980,51 @@
       <c r="M238" s="50">
         <v>0.54549999999999998</v>
       </c>
       <c r="N238" s="45">
         <v>0.30909999999999999</v>
       </c>
       <c r="O238" s="46">
         <v>0.14549999999999999</v>
       </c>
       <c r="P238" s="22">
         <v>4.7493506493506494</v>
       </c>
       <c r="Q238" s="5">
         <v>1.8898637</v>
       </c>
       <c r="R238" s="14">
         <v>8.7262356452414664</v>
       </c>
       <c r="S238" s="33">
         <v>-13.421176046176047</v>
       </c>
       <c r="T238" s="28">
         <v>-11.4102647511524</v>
       </c>
       <c r="U238" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V238" s="35">
         <v>34.799999999999997</v>
       </c>
       <c r="W238" s="39">
         <v>-13.3</v>
       </c>
       <c r="X238" s="33">
         <v>33.6</v>
       </c>
       <c r="Y238" s="39">
         <v>-3.3</v>
       </c>
       <c r="Z238" s="5">
         <v>12.624603174603173</v>
       </c>
       <c r="AA238" s="14">
         <v>12.2569608937424</v>
       </c>
       <c r="AB238" s="33">
         <v>-3.806746031746032</v>
       </c>
       <c r="AC238" s="16">
         <v>-2.01526932318653</v>
       </c>
@@ -31276,51 +31084,51 @@
       <c r="M239" s="50">
         <v>0.5</v>
       </c>
       <c r="N239" s="45">
         <v>0.29310344827586204</v>
       </c>
       <c r="O239" s="46">
         <v>0.20689655172413793</v>
       </c>
       <c r="P239" s="22">
         <v>20.930988455988459</v>
       </c>
       <c r="Q239" s="5">
         <v>19.773626</v>
       </c>
       <c r="R239" s="14">
         <v>8.8967765990123926</v>
       </c>
       <c r="S239" s="33">
         <v>-10.209487734487734</v>
       </c>
       <c r="T239" s="28">
         <v>-11.370912410436899</v>
       </c>
       <c r="U239" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V239" s="35">
         <v>35.9</v>
       </c>
       <c r="W239" s="39">
         <v>-13.1</v>
       </c>
       <c r="X239" s="33">
         <v>32.799999999999997</v>
       </c>
       <c r="Y239" s="39">
         <v>-2.2999999999999998</v>
       </c>
       <c r="Z239" s="5">
         <v>15.592857142857143</v>
       </c>
       <c r="AA239" s="14">
         <v>15.394356991432799</v>
       </c>
       <c r="AB239" s="33">
         <v>-1.6384920634920634</v>
       </c>
       <c r="AC239" s="16">
         <v>-0.64221815112413005</v>
       </c>
@@ -31380,51 +31188,51 @@
       <c r="M240" s="50">
         <v>0.5</v>
       </c>
       <c r="N240" s="45">
         <v>0.27988505747126435</v>
       </c>
       <c r="O240" s="46">
         <v>0.22011494252873565</v>
       </c>
       <c r="P240" s="22">
         <v>14.234999999999999</v>
       </c>
       <c r="Q240" s="5">
         <v>13.002692</v>
       </c>
       <c r="R240" s="14">
         <v>8.335093447787937</v>
       </c>
       <c r="S240" s="33">
         <v>-5.0334183673469388</v>
       </c>
       <c r="T240" s="28">
         <v>-5.9431330486041096</v>
       </c>
       <c r="U240" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V240" s="35">
         <v>36</v>
       </c>
       <c r="W240" s="39">
         <v>-13.35</v>
       </c>
       <c r="X240" s="33">
         <v>33.049999999999997</v>
       </c>
       <c r="Y240" s="39">
         <v>-1.45</v>
       </c>
       <c r="Z240" s="5">
         <v>16.910204081632653</v>
       </c>
       <c r="AA240" s="14">
         <v>14.045791933081199</v>
       </c>
       <c r="AB240" s="33">
         <v>-1.2920000000000003</v>
       </c>
       <c r="AC240" s="16">
         <v>-1.9940576893072699</v>
       </c>
@@ -31484,51 +31292,51 @@
       <c r="M241" s="50">
         <v>0.5</v>
       </c>
       <c r="N241" s="45">
         <v>0.26666666666666666</v>
       </c>
       <c r="O241" s="46">
         <v>0.23333333333333334</v>
       </c>
       <c r="P241" s="22">
         <v>3.788472222222222</v>
       </c>
       <c r="Q241" s="5">
         <v>3.1169471</v>
       </c>
       <c r="R241" s="14">
         <v>7.4372954920650578</v>
       </c>
       <c r="S241" s="33">
         <v>-0.78222222222222193</v>
       </c>
       <c r="T241" s="28">
         <v>-1.87720773779369</v>
       </c>
       <c r="U241" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V241" s="35">
         <v>36.1</v>
       </c>
       <c r="W241" s="39">
         <v>-13.6</v>
       </c>
       <c r="X241" s="33">
         <v>33.299999999999997</v>
       </c>
       <c r="Y241" s="39">
         <v>-0.6</v>
       </c>
       <c r="Z241" s="5">
         <v>14.831111111111113</v>
       </c>
       <c r="AA241" s="14">
         <v>12.3577474671019</v>
       </c>
       <c r="AB241" s="33">
         <v>-4.0473076923076929</v>
       </c>
       <c r="AC241" s="16">
         <v>-5.4593631175119901</v>
       </c>
@@ -31588,51 +31396,51 @@
       <c r="M242" s="50">
         <v>0.5</v>
       </c>
       <c r="N242" s="45">
         <v>0.30769999999999997</v>
       </c>
       <c r="O242" s="46">
         <v>0.1923</v>
       </c>
       <c r="P242" s="22">
         <v>-8.6833333333333336</v>
       </c>
       <c r="Q242" s="5">
         <v>-9.6119575000000008</v>
       </c>
       <c r="R242" s="14">
         <v>6.9352904893343936</v>
       </c>
       <c r="S242" s="33">
         <v>-3.1433333333333322</v>
       </c>
       <c r="T242" s="28">
         <v>-2.1846913792090699</v>
       </c>
       <c r="U242" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V242" s="35">
         <v>30.1</v>
       </c>
       <c r="W242" s="39">
         <v>-11.2</v>
       </c>
       <c r="X242" s="33">
         <v>32.9</v>
       </c>
       <c r="Y242" s="39">
         <v>-1.9</v>
       </c>
       <c r="Z242" s="5">
         <v>22.092514124293785</v>
       </c>
       <c r="AA242" s="14">
         <v>19.8274743183635</v>
       </c>
       <c r="AB242" s="33">
         <v>-13.116694915254238</v>
       </c>
       <c r="AC242" s="16">
         <v>-13.2417047338354</v>
       </c>
@@ -31692,51 +31500,51 @@
       <c r="M243" s="50">
         <v>0.46150000000000002</v>
       </c>
       <c r="N243" s="45">
         <v>0.30769999999999997</v>
       </c>
       <c r="O243" s="46">
         <v>0.23080000000000001</v>
       </c>
       <c r="P243" s="22">
         <v>16.991666666666667</v>
       </c>
       <c r="Q243" s="5">
         <v>15.674658000000001</v>
       </c>
       <c r="R243" s="14">
         <v>7.2501697660027657</v>
       </c>
       <c r="S243" s="33">
         <v>-12.763095238095238</v>
       </c>
       <c r="T243" s="28">
         <v>-10.275006162343701</v>
       </c>
       <c r="U243" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V243" s="35">
         <v>30.7</v>
       </c>
       <c r="W243" s="39">
         <v>-11.5</v>
       </c>
       <c r="X243" s="33">
         <v>33</v>
       </c>
       <c r="Y243" s="39">
         <v>-1.8</v>
       </c>
       <c r="Z243" s="5">
         <v>15.646428571428572</v>
       </c>
       <c r="AA243" s="14">
         <v>13.199659965753501</v>
       </c>
       <c r="AB243" s="33">
         <v>-6.84</v>
       </c>
       <c r="AC243" s="16">
         <v>-7.9314485241563704</v>
       </c>
@@ -31796,51 +31604,51 @@
       <c r="M244" s="50">
         <v>0.4</v>
       </c>
       <c r="N244" s="45">
         <v>0.37140000000000001</v>
       </c>
       <c r="O244" s="46">
         <v>0.2286</v>
       </c>
       <c r="P244" s="22">
         <v>9.6588235294117641</v>
       </c>
       <c r="Q244" s="5">
         <v>10.717834</v>
       </c>
       <c r="R244" s="14">
         <v>7.6125751528414343</v>
       </c>
       <c r="S244" s="33">
         <v>0</v>
       </c>
       <c r="T244" s="28">
         <v>-4.5129395747473904</v>
       </c>
       <c r="U244" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V244" s="35">
         <v>31.8</v>
       </c>
       <c r="W244" s="39">
         <v>-11.4</v>
       </c>
       <c r="X244" s="33">
         <v>31</v>
       </c>
       <c r="Y244" s="39">
         <v>-3.8</v>
       </c>
       <c r="Z244" s="5">
         <v>9.7433816425120785</v>
       </c>
       <c r="AA244" s="14">
         <v>12.1274425575306</v>
       </c>
       <c r="AB244" s="33">
         <v>-1.3154248366013075</v>
       </c>
       <c r="AC244" s="16">
         <v>-1.8119345221116201</v>
       </c>
@@ -31900,51 +31708,51 @@
       <c r="M245" s="50">
         <v>0.42424242424242425</v>
       </c>
       <c r="N245" s="45">
         <v>0.30303030303030304</v>
       </c>
       <c r="O245" s="46">
         <v>0.27272727272727271</v>
       </c>
       <c r="P245" s="22">
         <v>-0.48636363636363633</v>
       </c>
       <c r="Q245" s="5">
         <v>7.7968671000000001</v>
       </c>
       <c r="R245" s="14">
         <v>7.8592267708372843</v>
       </c>
       <c r="S245" s="33">
         <v>-6.2746753246753251</v>
       </c>
       <c r="T245" s="28">
         <v>-6.8990669941652101</v>
       </c>
       <c r="U245" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V245" s="35">
         <v>36</v>
       </c>
       <c r="W245" s="39">
         <v>-11.7</v>
       </c>
       <c r="X245" s="33">
         <v>33.200000000000003</v>
       </c>
       <c r="Y245" s="39">
         <v>2.9</v>
       </c>
       <c r="Z245" s="5">
         <v>13.063636363636364</v>
       </c>
       <c r="AA245" s="14">
         <v>19.789444437290701</v>
       </c>
       <c r="AB245" s="33">
         <v>-14.240909090909092</v>
       </c>
       <c r="AC245" s="16">
         <v>-16.6923646149992</v>
       </c>
@@ -32004,51 +31812,51 @@
       <c r="M246" s="50">
         <v>0.5</v>
       </c>
       <c r="N246" s="45">
         <v>0.26919999999999999</v>
       </c>
       <c r="O246" s="46">
         <v>0.23080000000000001</v>
       </c>
       <c r="P246" s="22">
         <v>6.2935064935064942</v>
       </c>
       <c r="Q246" s="5">
         <v>7.2769358000000004</v>
       </c>
       <c r="R246" s="14">
         <v>8.0502446580389648</v>
       </c>
       <c r="S246" s="33">
         <v>-6.1064935064935071</v>
       </c>
       <c r="T246" s="28">
         <v>-2.40946754404523</v>
       </c>
       <c r="U246" s="29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="V246" s="35">
         <v>36.6</v>
       </c>
       <c r="W246" s="39">
         <v>-14</v>
       </c>
       <c r="X246" s="33">
         <v>32.799999999999997</v>
       </c>
       <c r="Y246" s="39">
         <v>-4.2</v>
       </c>
       <c r="Z246" s="5">
         <v>12.31103896103896</v>
       </c>
       <c r="AA246" s="14">
         <v>19.268761738156901</v>
       </c>
       <c r="AB246" s="33">
         <v>-10.045454545454547</v>
       </c>
       <c r="AC246" s="16">
         <v>-12.864258632627401</v>
       </c>
@@ -32071,325 +31879,325 @@
     <row r="247" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A247" s="48"/>
       <c r="J247" s="25"/>
       <c r="K247" s="25"/>
       <c r="L247" s="25"/>
       <c r="M247" s="25"/>
       <c r="N247" s="25"/>
       <c r="O247" s="25"/>
       <c r="T247" s="41"/>
       <c r="U247" s="41"/>
       <c r="V247" s="41"/>
       <c r="W247" s="41"/>
       <c r="X247" s="41"/>
       <c r="Y247" s="41"/>
       <c r="Z247" s="41"/>
       <c r="AA247" s="41"/>
       <c r="AB247" s="41"/>
       <c r="AC247" s="41"/>
       <c r="AD247" s="41"/>
       <c r="AE247" s="41"/>
       <c r="AF247" s="41"/>
       <c r="AG247" s="41"/>
       <c r="AH247" s="41"/>
     </row>
     <row r="248" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A248" s="80" t="s">
-[...2 lines deleted...]
-      <c r="K248" s="81"/>
+      <c r="A248" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="K248" s="82"/>
       <c r="Q248" s="3"/>
       <c r="R248" s="3"/>
-      <c r="AB248" s="82"/>
-      <c r="AC248" s="82"/>
+      <c r="AB248" s="83"/>
+      <c r="AC248" s="83"/>
     </row>
     <row r="249" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A249" s="83"/>
-[...18 lines deleted...]
-      <c r="T249" s="84"/>
+      <c r="A249" s="84"/>
+      <c r="B249" s="84"/>
+      <c r="C249" s="84"/>
+      <c r="D249" s="84"/>
+      <c r="E249" s="84"/>
+      <c r="F249" s="84"/>
+      <c r="G249" s="84"/>
+      <c r="H249" s="84"/>
+      <c r="I249" s="84"/>
+      <c r="J249" s="84"/>
+      <c r="K249" s="84"/>
+      <c r="L249" s="84"/>
+      <c r="M249" s="84"/>
+      <c r="N249" s="84"/>
+      <c r="O249" s="84"/>
+      <c r="P249" s="84"/>
+      <c r="Q249" s="84"/>
+      <c r="R249" s="84"/>
+      <c r="S249" s="84"/>
+      <c r="T249" s="85"/>
       <c r="U249" s="3"/>
       <c r="V249" s="3"/>
       <c r="W249" s="3"/>
       <c r="X249" s="3"/>
       <c r="Y249" s="3"/>
       <c r="Z249" s="3"/>
       <c r="AA249" s="3"/>
       <c r="AB249" s="3"/>
       <c r="AC249" s="3"/>
       <c r="AD249" s="3"/>
       <c r="AE249" s="3"/>
       <c r="AF249" s="3"/>
       <c r="AG249" s="3"/>
       <c r="AH249" s="3"/>
     </row>
     <row r="250" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A250" s="83"/>
-[...18 lines deleted...]
-      <c r="T250" s="84"/>
+      <c r="A250" s="84"/>
+      <c r="B250" s="84"/>
+      <c r="C250" s="84"/>
+      <c r="D250" s="84"/>
+      <c r="E250" s="84"/>
+      <c r="F250" s="84"/>
+      <c r="G250" s="84"/>
+      <c r="H250" s="84"/>
+      <c r="I250" s="84"/>
+      <c r="J250" s="84"/>
+      <c r="K250" s="84"/>
+      <c r="L250" s="84"/>
+      <c r="M250" s="84"/>
+      <c r="N250" s="84"/>
+      <c r="O250" s="84"/>
+      <c r="P250" s="84"/>
+      <c r="Q250" s="84"/>
+      <c r="R250" s="84"/>
+      <c r="S250" s="84"/>
+      <c r="T250" s="85"/>
       <c r="U250" s="3"/>
       <c r="V250" s="3"/>
       <c r="W250" s="3"/>
       <c r="X250" s="3"/>
       <c r="Y250" s="3"/>
       <c r="Z250" s="3"/>
       <c r="AA250" s="3"/>
       <c r="AB250" s="3"/>
       <c r="AC250" s="3"/>
       <c r="AD250" s="3"/>
       <c r="AE250" s="3"/>
       <c r="AF250" s="3"/>
       <c r="AG250" s="3"/>
       <c r="AH250" s="3"/>
     </row>
     <row r="251" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A251" s="83"/>
-[...18 lines deleted...]
-      <c r="T251" s="84"/>
+      <c r="A251" s="84"/>
+      <c r="B251" s="84"/>
+      <c r="C251" s="84"/>
+      <c r="D251" s="84"/>
+      <c r="E251" s="84"/>
+      <c r="F251" s="84"/>
+      <c r="G251" s="84"/>
+      <c r="H251" s="84"/>
+      <c r="I251" s="84"/>
+      <c r="J251" s="84"/>
+      <c r="K251" s="84"/>
+      <c r="L251" s="84"/>
+      <c r="M251" s="84"/>
+      <c r="N251" s="84"/>
+      <c r="O251" s="84"/>
+      <c r="P251" s="84"/>
+      <c r="Q251" s="84"/>
+      <c r="R251" s="84"/>
+      <c r="S251" s="84"/>
+      <c r="T251" s="85"/>
       <c r="U251" s="3"/>
       <c r="V251" s="3"/>
       <c r="W251" s="3"/>
       <c r="X251" s="3"/>
       <c r="Y251" s="3"/>
       <c r="Z251" s="3"/>
       <c r="AA251" s="3"/>
       <c r="AB251" s="3"/>
       <c r="AC251" s="3"/>
       <c r="AD251" s="3"/>
       <c r="AE251" s="3"/>
       <c r="AF251" s="3"/>
       <c r="AG251" s="3"/>
       <c r="AH251" s="3"/>
     </row>
     <row r="252" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A252" s="83"/>
-[...17 lines deleted...]
-      <c r="S252" s="83"/>
+      <c r="A252" s="84"/>
+      <c r="B252" s="84"/>
+      <c r="C252" s="84"/>
+      <c r="D252" s="84"/>
+      <c r="E252" s="84"/>
+      <c r="F252" s="84"/>
+      <c r="G252" s="84"/>
+      <c r="H252" s="84"/>
+      <c r="I252" s="84"/>
+      <c r="J252" s="84"/>
+      <c r="K252" s="84"/>
+      <c r="L252" s="84"/>
+      <c r="M252" s="84"/>
+      <c r="N252" s="84"/>
+      <c r="O252" s="84"/>
+      <c r="P252" s="84"/>
+      <c r="Q252" s="84"/>
+      <c r="R252" s="84"/>
+      <c r="S252" s="84"/>
     </row>
     <row r="253" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A253" s="83"/>
-[...17 lines deleted...]
-      <c r="S253" s="83"/>
+      <c r="A253" s="84"/>
+      <c r="B253" s="84"/>
+      <c r="C253" s="84"/>
+      <c r="D253" s="84"/>
+      <c r="E253" s="84"/>
+      <c r="F253" s="84"/>
+      <c r="G253" s="84"/>
+      <c r="H253" s="84"/>
+      <c r="I253" s="84"/>
+      <c r="J253" s="84"/>
+      <c r="K253" s="84"/>
+      <c r="L253" s="84"/>
+      <c r="M253" s="84"/>
+      <c r="N253" s="84"/>
+      <c r="O253" s="84"/>
+      <c r="P253" s="84"/>
+      <c r="Q253" s="84"/>
+      <c r="R253" s="84"/>
+      <c r="S253" s="84"/>
     </row>
     <row r="254" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A254" s="83"/>
-[...17 lines deleted...]
-      <c r="S254" s="83"/>
+      <c r="A254" s="84"/>
+      <c r="B254" s="84"/>
+      <c r="C254" s="84"/>
+      <c r="D254" s="84"/>
+      <c r="E254" s="84"/>
+      <c r="F254" s="84"/>
+      <c r="G254" s="84"/>
+      <c r="H254" s="84"/>
+      <c r="I254" s="84"/>
+      <c r="J254" s="84"/>
+      <c r="K254" s="84"/>
+      <c r="L254" s="84"/>
+      <c r="M254" s="84"/>
+      <c r="N254" s="84"/>
+      <c r="O254" s="84"/>
+      <c r="P254" s="84"/>
+      <c r="Q254" s="84"/>
+      <c r="R254" s="84"/>
+      <c r="S254" s="84"/>
     </row>
     <row r="255" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="B255" s="83"/>
-[...16 lines deleted...]
-      <c r="S255" s="83"/>
+      <c r="B255" s="84"/>
+      <c r="C255" s="84"/>
+      <c r="D255" s="84"/>
+      <c r="E255" s="84"/>
+      <c r="F255" s="84"/>
+      <c r="G255" s="84"/>
+      <c r="H255" s="84"/>
+      <c r="I255" s="84"/>
+      <c r="J255" s="84"/>
+      <c r="K255" s="84"/>
+      <c r="L255" s="84"/>
+      <c r="M255" s="84"/>
+      <c r="N255" s="84"/>
+      <c r="O255" s="84"/>
+      <c r="P255" s="84"/>
+      <c r="Q255" s="84"/>
+      <c r="R255" s="84"/>
+      <c r="S255" s="84"/>
     </row>
     <row r="256" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="B256" s="83"/>
-[...16 lines deleted...]
-      <c r="S256" s="83"/>
+      <c r="B256" s="84"/>
+      <c r="C256" s="84"/>
+      <c r="D256" s="84"/>
+      <c r="E256" s="84"/>
+      <c r="F256" s="84"/>
+      <c r="G256" s="84"/>
+      <c r="H256" s="84"/>
+      <c r="I256" s="84"/>
+      <c r="J256" s="84"/>
+      <c r="K256" s="84"/>
+      <c r="L256" s="84"/>
+      <c r="M256" s="84"/>
+      <c r="N256" s="84"/>
+      <c r="O256" s="84"/>
+      <c r="P256" s="84"/>
+      <c r="Q256" s="84"/>
+      <c r="R256" s="84"/>
+      <c r="S256" s="84"/>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="AG5:AG6"/>
-[...16 lines deleted...]
-    <mergeCell ref="Y5:Y6"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:J1"/>
     <mergeCell ref="B2:S2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="M4:O4"/>
     <mergeCell ref="P4:R4"/>
     <mergeCell ref="S4:U4"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="J5:L5"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="Z4:AA4"/>
+    <mergeCell ref="AB4:AC4"/>
+    <mergeCell ref="Z5:AA5"/>
+    <mergeCell ref="AB5:AC5"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="AG5:AG6"/>
+    <mergeCell ref="AH5:AH6"/>
+    <mergeCell ref="M5:O5"/>
+    <mergeCell ref="P5:R5"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="S5:U5"/>
   </mergeCells>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Enquête AFTE-METI-Rexecode</vt:lpstr>
-      <vt:lpstr>AFTE-Rexecode (1-2017-2-2025)</vt:lpstr>
+      <vt:lpstr>Résultats_nouvelle version</vt:lpstr>
+      <vt:lpstr>Historique (jan.2017- fév.2025)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Enquête sur la trésorerie des entreprises - Afte-METI-Rexecode</dc:title>
+  <dc:title>Enquête sur la trésorerie des entreprises - Afte-Coe-Rexecode</dc:title>
   <dc:creator>DDM;Coe-Rexecode</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>