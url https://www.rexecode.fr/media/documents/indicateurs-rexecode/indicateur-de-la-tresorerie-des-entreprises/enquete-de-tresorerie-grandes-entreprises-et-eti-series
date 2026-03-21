--- v4 (2026-03-01)
+++ v5 (2026-03-21)
@@ -3,58 +3,58 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sfi\site_internet\Enquetes-Tresorerie-Afte-Bpi\AFTE-METI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{08DE0AB6-6E9C-4D64-BA81-6F98762CD0D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD3A85BF-015B-46CB-80A5-FCAE3ACBEF94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="512" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Résultats_nouvelle version" sheetId="1" r:id="rId1"/>
     <sheet name="Historique (jan.2017- fév.2025)" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1418,214 +1418,214 @@
     <xf numFmtId="4" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="23" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="2" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
     <cellStyle name="Pourcentage 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Pourcentage 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
@@ -7753,325 +7753,325 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:AH26"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="G25" sqref="G25"/>
+    <sheetView tabSelected="1" zoomScale="57" zoomScaleNormal="57" workbookViewId="0">
+      <pane ySplit="7" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A23" sqref="A23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.42578125" style="7" customWidth="1"/>
     <col min="2" max="3" width="26.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.85546875" style="5" customWidth="1"/>
     <col min="5" max="6" width="19.7109375" style="5" customWidth="1"/>
     <col min="7" max="7" width="30.85546875" style="5" customWidth="1"/>
     <col min="8" max="9" width="19.7109375" style="5" customWidth="1"/>
     <col min="10" max="10" width="28.140625" style="5" customWidth="1"/>
     <col min="11" max="11" width="26.85546875" style="5" customWidth="1"/>
     <col min="12" max="12" width="20.140625" style="5" customWidth="1"/>
     <col min="13" max="13" width="30.140625" style="5" customWidth="1"/>
     <col min="14" max="14" width="21.85546875" style="5" customWidth="1"/>
     <col min="15" max="15" width="26" style="5" customWidth="1"/>
     <col min="16" max="16" width="19.140625" style="5" customWidth="1"/>
     <col min="17" max="17" width="24.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="25.140625" style="5" customWidth="1"/>
     <col min="19" max="19" width="26.5703125" style="5" customWidth="1"/>
     <col min="20" max="20" width="17.5703125" style="5" customWidth="1"/>
     <col min="21" max="21" width="25.5703125" style="5" customWidth="1"/>
     <col min="22" max="22" width="20.5703125" style="5" customWidth="1"/>
     <col min="23" max="23" width="29.42578125" style="5" customWidth="1"/>
     <col min="24" max="24" width="11.85546875" style="5" customWidth="1"/>
     <col min="25" max="25" width="15.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="15.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="13.28515625" style="5" customWidth="1"/>
     <col min="29" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" s="6" customFormat="1" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="103"/>
-[...22 lines deleted...]
-      <c r="X1" s="104"/>
+      <c r="A1" s="126"/>
+      <c r="B1" s="126"/>
+      <c r="C1" s="126"/>
+      <c r="D1" s="126"/>
+      <c r="E1" s="126"/>
+      <c r="F1" s="126"/>
+      <c r="G1" s="126"/>
+      <c r="H1" s="126"/>
+      <c r="I1" s="126"/>
+      <c r="J1" s="126"/>
+      <c r="K1" s="127"/>
+      <c r="L1" s="127"/>
+      <c r="M1" s="127"/>
+      <c r="N1" s="127"/>
+      <c r="O1" s="127"/>
+      <c r="P1" s="127"/>
+      <c r="Q1" s="127"/>
+      <c r="R1" s="127"/>
+      <c r="S1" s="127"/>
+      <c r="T1" s="127"/>
+      <c r="U1" s="127"/>
+      <c r="V1" s="127"/>
+      <c r="W1" s="127"/>
+      <c r="X1" s="127"/>
     </row>
     <row r="2" spans="1:30" s="6" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="96" t="s">
+      <c r="B2" s="121" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="97"/>
-[...24 lines deleted...]
-      <c r="AB2" s="97"/>
+      <c r="C2" s="122"/>
+      <c r="D2" s="122"/>
+      <c r="E2" s="122"/>
+      <c r="F2" s="122"/>
+      <c r="G2" s="122"/>
+      <c r="H2" s="122"/>
+      <c r="I2" s="122"/>
+      <c r="J2" s="122"/>
+      <c r="K2" s="122"/>
+      <c r="L2" s="122"/>
+      <c r="M2" s="122"/>
+      <c r="N2" s="122"/>
+      <c r="O2" s="122"/>
+      <c r="P2" s="122"/>
+      <c r="Q2" s="122"/>
+      <c r="R2" s="122"/>
+      <c r="S2" s="122"/>
+      <c r="T2" s="122"/>
+      <c r="U2" s="122"/>
+      <c r="V2" s="122"/>
+      <c r="W2" s="122"/>
+      <c r="X2" s="122"/>
+      <c r="Y2" s="122"/>
+      <c r="Z2" s="122"/>
+      <c r="AA2" s="122"/>
+      <c r="AB2" s="122"/>
     </row>
     <row r="3" spans="1:30" s="6" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10"/>
       <c r="B3" s="1"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
     </row>
     <row r="4" spans="1:30" s="4" customFormat="1" ht="57" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4" s="87"/>
-      <c r="B4" s="105" t="s">
+      <c r="B4" s="128" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="105"/>
-      <c r="D4" s="105" t="s">
+      <c r="C4" s="128"/>
+      <c r="D4" s="128" t="s">
         <v>42</v>
       </c>
-      <c r="E4" s="105"/>
-[...4 lines deleted...]
-      <c r="J4" s="105" t="s">
+      <c r="E4" s="128"/>
+      <c r="F4" s="128"/>
+      <c r="G4" s="128"/>
+      <c r="H4" s="128"/>
+      <c r="I4" s="128"/>
+      <c r="J4" s="128" t="s">
         <v>2</v>
       </c>
-      <c r="K4" s="105"/>
-      <c r="L4" s="98" t="s">
+      <c r="K4" s="128"/>
+      <c r="L4" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="M4" s="99"/>
-[...2 lines deleted...]
-      <c r="P4" s="106" t="s">
+      <c r="M4" s="124"/>
+      <c r="N4" s="124"/>
+      <c r="O4" s="125"/>
+      <c r="P4" s="102" t="s">
         <v>5</v>
       </c>
-      <c r="Q4" s="107"/>
-[...6 lines deleted...]
-      <c r="X4" s="106" t="s">
+      <c r="Q4" s="103"/>
+      <c r="R4" s="103"/>
+      <c r="S4" s="103"/>
+      <c r="T4" s="103"/>
+      <c r="U4" s="103"/>
+      <c r="V4" s="103"/>
+      <c r="W4" s="104"/>
+      <c r="X4" s="102" t="s">
         <v>13</v>
       </c>
-      <c r="Y4" s="107"/>
-[...2 lines deleted...]
-      <c r="AB4" s="108"/>
+      <c r="Y4" s="103"/>
+      <c r="Z4" s="103"/>
+      <c r="AA4" s="103"/>
+      <c r="AB4" s="104"/>
     </row>
     <row r="5" spans="1:30" s="89" customFormat="1" ht="105.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="127" t="s">
+      <c r="A5" s="96" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="101" t="s">
+      <c r="B5" s="109" t="s">
         <v>40</v>
       </c>
-      <c r="C5" s="101" t="s">
+      <c r="C5" s="109" t="s">
         <v>41</v>
       </c>
-      <c r="D5" s="111" t="s">
+      <c r="D5" s="131" t="s">
         <v>67</v>
       </c>
-      <c r="E5" s="109" t="s">
+      <c r="E5" s="129" t="s">
         <v>68</v>
       </c>
-      <c r="F5" s="110"/>
-      <c r="G5" s="109" t="s">
+      <c r="F5" s="130"/>
+      <c r="G5" s="129" t="s">
         <v>57</v>
       </c>
-      <c r="H5" s="112"/>
-[...1 lines deleted...]
-      <c r="J5" s="101" t="s">
+      <c r="H5" s="132"/>
+      <c r="I5" s="130"/>
+      <c r="J5" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="K5" s="101" t="s">
+      <c r="K5" s="109" t="s">
         <v>4</v>
       </c>
-      <c r="L5" s="101" t="s">
+      <c r="L5" s="109" t="s">
         <v>48</v>
       </c>
-      <c r="M5" s="101"/>
-      <c r="N5" s="101" t="s">
+      <c r="M5" s="109"/>
+      <c r="N5" s="109" t="s">
         <v>49</v>
       </c>
-      <c r="O5" s="101"/>
-      <c r="P5" s="121" t="s">
+      <c r="O5" s="109"/>
+      <c r="P5" s="115" t="s">
         <v>54</v>
       </c>
-      <c r="Q5" s="122"/>
-      <c r="R5" s="121" t="s">
+      <c r="Q5" s="116"/>
+      <c r="R5" s="115" t="s">
         <v>71</v>
       </c>
-      <c r="S5" s="117" t="s">
+      <c r="S5" s="111" t="s">
         <v>56</v>
       </c>
-      <c r="T5" s="115" t="s">
+      <c r="T5" s="107" t="s">
         <v>55</v>
       </c>
-      <c r="U5" s="125"/>
-      <c r="V5" s="115" t="s">
+      <c r="U5" s="119"/>
+      <c r="V5" s="107" t="s">
         <v>65</v>
       </c>
-      <c r="W5" s="119" t="s">
+      <c r="W5" s="113" t="s">
         <v>66</v>
       </c>
-      <c r="X5" s="129" t="s">
+      <c r="X5" s="98" t="s">
         <v>8</v>
       </c>
-      <c r="Y5" s="131" t="s">
+      <c r="Y5" s="100" t="s">
         <v>9</v>
       </c>
-      <c r="Z5" s="131" t="s">
+      <c r="Z5" s="100" t="s">
         <v>10</v>
       </c>
-      <c r="AA5" s="131" t="s">
+      <c r="AA5" s="100" t="s">
         <v>11</v>
       </c>
-      <c r="AB5" s="113" t="s">
+      <c r="AB5" s="105" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:30" s="89" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="128"/>
-[...2 lines deleted...]
-      <c r="D6" s="102"/>
+      <c r="A6" s="97"/>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
       <c r="E6" s="8" t="s">
         <v>43</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>44</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>45</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="J6" s="102"/>
-[...17 lines deleted...]
-      <c r="AB6" s="114"/>
+      <c r="J6" s="110"/>
+      <c r="K6" s="110"/>
+      <c r="L6" s="110"/>
+      <c r="M6" s="110"/>
+      <c r="N6" s="110"/>
+      <c r="O6" s="110"/>
+      <c r="P6" s="117"/>
+      <c r="Q6" s="118"/>
+      <c r="R6" s="117"/>
+      <c r="S6" s="112"/>
+      <c r="T6" s="108"/>
+      <c r="U6" s="120"/>
+      <c r="V6" s="108"/>
+      <c r="W6" s="114"/>
+      <c r="X6" s="99"/>
+      <c r="Y6" s="101"/>
+      <c r="Z6" s="101"/>
+      <c r="AA6" s="101"/>
+      <c r="AB6" s="106"/>
     </row>
     <row r="7" spans="1:30" s="80" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B7" s="78" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="78" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="78" t="s">
         <v>58</v>
       </c>
       <c r="E7" s="78" t="s">
         <v>59</v>
       </c>
       <c r="F7" s="78" t="s">
         <v>59</v>
       </c>
       <c r="G7" s="78" t="s">
         <v>59</v>
       </c>
       <c r="H7" s="78" t="s">
         <v>59</v>
@@ -9157,113 +9157,199 @@
       <c r="U19" s="91">
         <v>16.666666666666664</v>
       </c>
       <c r="V19" s="91">
         <v>-50</v>
       </c>
       <c r="W19" s="91">
         <v>16.666666666666664</v>
       </c>
       <c r="X19" s="91">
         <v>30.810810810810814</v>
       </c>
       <c r="Y19" s="91">
         <v>40</v>
       </c>
       <c r="Z19" s="91">
         <v>3.7837837837837842</v>
       </c>
       <c r="AA19" s="91">
         <v>18.378378378378379</v>
       </c>
       <c r="AB19" s="91">
         <v>7.0270270270270272</v>
       </c>
     </row>
+    <row r="20" spans="1:34" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="90">
+        <v>46082</v>
+      </c>
+      <c r="B20" s="91">
+        <v>-3.7735849056603765</v>
+      </c>
+      <c r="C20" s="91">
+        <v>9.4339622641509422</v>
+      </c>
+      <c r="D20" s="91">
+        <v>90.566037735849065</v>
+      </c>
+      <c r="E20" s="91">
+        <v>40</v>
+      </c>
+      <c r="F20" s="91">
+        <v>60</v>
+      </c>
+      <c r="G20" s="91">
+        <v>86.79245283018868</v>
+      </c>
+      <c r="H20" s="91">
+        <v>11.320754716981133</v>
+      </c>
+      <c r="I20" s="91">
+        <v>1.8867924528301887</v>
+      </c>
+      <c r="J20" s="91">
+        <v>25.471698113207548</v>
+      </c>
+      <c r="K20" s="91">
+        <v>0</v>
+      </c>
+      <c r="L20" s="91">
+        <v>39.622641509433961</v>
+      </c>
+      <c r="M20" s="91">
+        <v>-83.333333333333329</v>
+      </c>
+      <c r="N20" s="91">
+        <v>37.735849056603776</v>
+      </c>
+      <c r="O20" s="91">
+        <v>-15.000000000000002</v>
+      </c>
+      <c r="P20" s="91">
+        <v>78.301886792452834</v>
+      </c>
+      <c r="Q20" s="91">
+        <v>21.69811320754717</v>
+      </c>
+      <c r="R20" s="95">
+        <v>16.129032258064516</v>
+      </c>
+      <c r="S20" s="95">
+        <v>32.258064516129032</v>
+      </c>
+      <c r="T20" s="91">
+        <v>21.69811320754717</v>
+      </c>
+      <c r="U20" s="91">
+        <v>50</v>
+      </c>
+      <c r="V20" s="91">
+        <v>0</v>
+      </c>
+      <c r="W20" s="91">
+        <v>0</v>
+      </c>
+      <c r="X20" s="91">
+        <v>29.166666666666668</v>
+      </c>
+      <c r="Y20" s="91">
+        <v>36.979166666666671</v>
+      </c>
+      <c r="Z20" s="91">
+        <v>5.2083333333333339</v>
+      </c>
+      <c r="AA20" s="91">
+        <v>21.354166666666664</v>
+      </c>
+      <c r="AB20" s="91">
+        <v>7.291666666666667</v>
+      </c>
+    </row>
     <row r="26" spans="1:34" ht="20.25" x14ac:dyDescent="0.2">
-      <c r="H26" s="96"/>
-[...25 lines deleted...]
-      <c r="AH26" s="97"/>
+      <c r="H26" s="121"/>
+      <c r="I26" s="122"/>
+      <c r="J26" s="122"/>
+      <c r="K26" s="122"/>
+      <c r="L26" s="122"/>
+      <c r="M26" s="122"/>
+      <c r="N26" s="122"/>
+      <c r="O26" s="122"/>
+      <c r="P26" s="122"/>
+      <c r="Q26" s="122"/>
+      <c r="R26" s="122"/>
+      <c r="S26" s="122"/>
+      <c r="T26" s="122"/>
+      <c r="U26" s="122"/>
+      <c r="V26" s="122"/>
+      <c r="W26" s="122"/>
+      <c r="X26" s="122"/>
+      <c r="Y26" s="122"/>
+      <c r="Z26" s="122"/>
+      <c r="AA26" s="122"/>
+      <c r="AB26" s="122"/>
+      <c r="AC26" s="122"/>
+      <c r="AD26" s="122"/>
+      <c r="AE26" s="122"/>
+      <c r="AF26" s="122"/>
+      <c r="AG26" s="122"/>
+      <c r="AH26" s="122"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0"/>
   <mergeCells count="31">
-    <mergeCell ref="A5:A6"/>
-[...13 lines deleted...]
-    <mergeCell ref="R5:R6"/>
     <mergeCell ref="H26:AH26"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="L5:M6"/>
     <mergeCell ref="N5:O6"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="B2:AB2"/>
     <mergeCell ref="K1:X1"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="X4:AB4"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="D4:I4"/>
     <mergeCell ref="G5:I5"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="K5:K6"/>
+    <mergeCell ref="P4:W4"/>
+    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="P5:Q6"/>
+    <mergeCell ref="T5:U6"/>
+    <mergeCell ref="R5:R6"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="2" tint="-0.499984740745262"/>
   </sheetPr>
   <dimension ref="A1:AH256"/>
   <sheetViews>
     <sheetView zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A215" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="J235" sqref="J235"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.7109375" style="7" customWidth="1"/>
     <col min="2" max="4" width="13" style="5" customWidth="1"/>
     <col min="5" max="6" width="12.28515625" style="5" customWidth="1"/>
@@ -10336,246 +10422,246 @@
     <col min="15896" max="15897" width="13.7109375" style="4" customWidth="1"/>
     <col min="15898" max="15899" width="14.42578125" style="4" customWidth="1"/>
     <col min="15900" max="15901" width="14.5703125" style="4" customWidth="1"/>
     <col min="15902" max="15906" width="14.42578125" style="4" customWidth="1"/>
     <col min="15907" max="16128" width="9.140625" style="4"/>
     <col min="16129" max="16129" width="14.7109375" style="4" customWidth="1"/>
     <col min="16130" max="16132" width="13" style="4" customWidth="1"/>
     <col min="16133" max="16134" width="12.28515625" style="4" customWidth="1"/>
     <col min="16135" max="16136" width="13.140625" style="4" customWidth="1"/>
     <col min="16137" max="16138" width="11.85546875" style="4" customWidth="1"/>
     <col min="16139" max="16139" width="14.140625" style="4" customWidth="1"/>
     <col min="16140" max="16141" width="12.42578125" style="4" customWidth="1"/>
     <col min="16142" max="16142" width="14.5703125" style="4" customWidth="1"/>
     <col min="16143" max="16143" width="12.42578125" style="4" customWidth="1"/>
     <col min="16144" max="16146" width="12.85546875" style="4" customWidth="1"/>
     <col min="16147" max="16147" width="12.5703125" style="4" customWidth="1"/>
     <col min="16148" max="16151" width="12.85546875" style="4" customWidth="1"/>
     <col min="16152" max="16153" width="13.7109375" style="4" customWidth="1"/>
     <col min="16154" max="16155" width="14.42578125" style="4" customWidth="1"/>
     <col min="16156" max="16157" width="14.5703125" style="4" customWidth="1"/>
     <col min="16158" max="16162" width="14.42578125" style="4" customWidth="1"/>
     <col min="16163" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" s="6" customFormat="1" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="103"/>
-[...8 lines deleted...]
-      <c r="J1" s="104"/>
+      <c r="A1" s="126"/>
+      <c r="B1" s="126"/>
+      <c r="C1" s="126"/>
+      <c r="D1" s="126"/>
+      <c r="E1" s="126"/>
+      <c r="F1" s="135"/>
+      <c r="G1" s="127"/>
+      <c r="H1" s="127"/>
+      <c r="I1" s="127"/>
+      <c r="J1" s="127"/>
     </row>
     <row r="2" spans="1:34" s="6" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="96" t="s">
+      <c r="B2" s="121" t="s">
         <v>35</v>
       </c>
-      <c r="C2" s="97"/>
-[...15 lines deleted...]
-      <c r="S2" s="97"/>
+      <c r="C2" s="122"/>
+      <c r="D2" s="122"/>
+      <c r="E2" s="122"/>
+      <c r="F2" s="122"/>
+      <c r="G2" s="122"/>
+      <c r="H2" s="122"/>
+      <c r="I2" s="122"/>
+      <c r="J2" s="122"/>
+      <c r="K2" s="122"/>
+      <c r="L2" s="122"/>
+      <c r="M2" s="122"/>
+      <c r="N2" s="122"/>
+      <c r="O2" s="122"/>
+      <c r="P2" s="122"/>
+      <c r="Q2" s="122"/>
+      <c r="R2" s="122"/>
+      <c r="S2" s="122"/>
     </row>
     <row r="3" spans="1:34" s="6" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="1"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
     </row>
     <row r="4" spans="1:34" ht="89.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="149" t="s">
+      <c r="A4" s="139" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="140" t="s">
+      <c r="B4" s="136" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="148"/>
-[...1 lines deleted...]
-      <c r="E4" s="140" t="s">
+      <c r="C4" s="137"/>
+      <c r="D4" s="138"/>
+      <c r="E4" s="136" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="148"/>
-[...1 lines deleted...]
-      <c r="H4" s="140" t="s">
+      <c r="F4" s="137"/>
+      <c r="G4" s="138"/>
+      <c r="H4" s="136" t="s">
         <v>25</v>
       </c>
-      <c r="I4" s="141"/>
-      <c r="J4" s="140" t="s">
+      <c r="I4" s="138"/>
+      <c r="J4" s="136" t="s">
         <v>27</v>
       </c>
-      <c r="K4" s="148"/>
-[...1 lines deleted...]
-      <c r="M4" s="140" t="s">
+      <c r="K4" s="137"/>
+      <c r="L4" s="138"/>
+      <c r="M4" s="136" t="s">
         <v>26</v>
       </c>
-      <c r="N4" s="148"/>
-[...1 lines deleted...]
-      <c r="P4" s="140" t="s">
+      <c r="N4" s="137"/>
+      <c r="O4" s="138"/>
+      <c r="P4" s="136" t="s">
         <v>28</v>
       </c>
-      <c r="Q4" s="148"/>
-[...1 lines deleted...]
-      <c r="S4" s="140" t="s">
+      <c r="Q4" s="137"/>
+      <c r="R4" s="138"/>
+      <c r="S4" s="136" t="s">
         <v>29</v>
       </c>
-      <c r="T4" s="148"/>
-[...1 lines deleted...]
-      <c r="V4" s="140" t="s">
+      <c r="T4" s="137"/>
+      <c r="U4" s="138"/>
+      <c r="V4" s="136" t="s">
         <v>37</v>
       </c>
-      <c r="W4" s="141"/>
-      <c r="X4" s="140" t="s">
+      <c r="W4" s="138"/>
+      <c r="X4" s="136" t="s">
         <v>38</v>
       </c>
-      <c r="Y4" s="141"/>
-      <c r="Z4" s="140" t="s">
+      <c r="Y4" s="138"/>
+      <c r="Z4" s="136" t="s">
         <v>39</v>
       </c>
-      <c r="AA4" s="141"/>
-      <c r="AB4" s="140" t="s">
+      <c r="AA4" s="138"/>
+      <c r="AB4" s="136" t="s">
         <v>36</v>
       </c>
-      <c r="AC4" s="141"/>
+      <c r="AC4" s="138"/>
       <c r="AD4" s="86" t="s">
         <v>33</v>
       </c>
       <c r="AE4" s="86" t="s">
         <v>60</v>
       </c>
       <c r="AF4" s="86" t="s">
         <v>61</v>
       </c>
       <c r="AG4" s="86" t="s">
         <v>62</v>
       </c>
       <c r="AH4" s="86" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:34" s="92" customFormat="1" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="149"/>
-      <c r="B5" s="135" t="s">
+      <c r="A5" s="139"/>
+      <c r="B5" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="C5" s="136"/>
-[...1 lines deleted...]
-      <c r="E5" s="135" t="s">
+      <c r="C5" s="141"/>
+      <c r="D5" s="134"/>
+      <c r="E5" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="136"/>
-[...1 lines deleted...]
-      <c r="H5" s="135" t="s">
+      <c r="F5" s="141"/>
+      <c r="G5" s="134"/>
+      <c r="H5" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="I5" s="137"/>
-      <c r="J5" s="135" t="s">
+      <c r="I5" s="134"/>
+      <c r="J5" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="K5" s="136"/>
-[...1 lines deleted...]
-      <c r="M5" s="135" t="s">
+      <c r="K5" s="141"/>
+      <c r="L5" s="134"/>
+      <c r="M5" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="N5" s="136"/>
-[...1 lines deleted...]
-      <c r="P5" s="135" t="s">
+      <c r="N5" s="141"/>
+      <c r="O5" s="134"/>
+      <c r="P5" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="Q5" s="136"/>
-[...1 lines deleted...]
-      <c r="S5" s="135" t="s">
+      <c r="Q5" s="141"/>
+      <c r="R5" s="134"/>
+      <c r="S5" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="T5" s="136"/>
-      <c r="U5" s="137"/>
+      <c r="T5" s="141"/>
+      <c r="U5" s="134"/>
       <c r="V5" s="144" t="s">
         <v>31</v>
       </c>
-      <c r="W5" s="138" t="s">
+      <c r="W5" s="146" t="s">
         <v>30</v>
       </c>
       <c r="X5" s="144" t="s">
         <v>31</v>
       </c>
-      <c r="Y5" s="138" t="s">
+      <c r="Y5" s="146" t="s">
         <v>30</v>
       </c>
-      <c r="Z5" s="135" t="s">
+      <c r="Z5" s="133" t="s">
         <v>30</v>
       </c>
       <c r="AA5" s="142"/>
       <c r="AB5" s="143" t="s">
         <v>30</v>
       </c>
       <c r="AC5" s="142"/>
-      <c r="AD5" s="138" t="s">
+      <c r="AD5" s="146" t="s">
         <v>34</v>
       </c>
-      <c r="AE5" s="133" t="s">
+      <c r="AE5" s="148" t="s">
         <v>32</v>
       </c>
-      <c r="AF5" s="133" t="s">
+      <c r="AF5" s="148" t="s">
         <v>32</v>
       </c>
-      <c r="AG5" s="133" t="s">
+      <c r="AG5" s="148" t="s">
         <v>32</v>
       </c>
-      <c r="AH5" s="133" t="s">
+      <c r="AH5" s="148" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:34" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="150"/>
+      <c r="A6" s="140"/>
       <c r="B6" s="71" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="72" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="73" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="71" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="72" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="73" t="s">
         <v>19</v>
       </c>
       <c r="H6" s="71" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="72" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="71" t="s">
@@ -10593,70 +10679,70 @@
       <c r="N6" s="74" t="s">
         <v>23</v>
       </c>
       <c r="O6" s="73" t="s">
         <v>24</v>
       </c>
       <c r="P6" s="71" t="s">
         <v>17</v>
       </c>
       <c r="Q6" s="72" t="s">
         <v>18</v>
       </c>
       <c r="R6" s="73" t="s">
         <v>19</v>
       </c>
       <c r="S6" s="71" t="s">
         <v>17</v>
       </c>
       <c r="T6" s="72" t="s">
         <v>18</v>
       </c>
       <c r="U6" s="73" t="s">
         <v>19</v>
       </c>
       <c r="V6" s="145"/>
-      <c r="W6" s="146"/>
+      <c r="W6" s="147"/>
       <c r="X6" s="145"/>
-      <c r="Y6" s="146"/>
+      <c r="Y6" s="147"/>
       <c r="Z6" s="71" t="s">
         <v>17</v>
       </c>
       <c r="AA6" s="72" t="s">
         <v>18</v>
       </c>
       <c r="AB6" s="71" t="s">
         <v>17</v>
       </c>
       <c r="AC6" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="AD6" s="139"/>
-[...3 lines deleted...]
-      <c r="AH6" s="134"/>
+      <c r="AD6" s="150"/>
+      <c r="AE6" s="149"/>
+      <c r="AF6" s="149"/>
+      <c r="AG6" s="149"/>
+      <c r="AH6" s="149"/>
     </row>
     <row r="7" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A7" s="12">
         <v>38412</v>
       </c>
       <c r="B7" s="15">
         <v>19.690000000000001</v>
       </c>
       <c r="C7" s="13">
         <v>17.807475</v>
       </c>
       <c r="D7" s="14">
         <v>15.586655093482829</v>
       </c>
       <c r="E7" s="15">
         <v>10.38</v>
       </c>
       <c r="F7" s="13">
         <v>12.099482999999999</v>
       </c>
       <c r="G7" s="14">
         <v>11.903596711908285</v>
       </c>
       <c r="H7" s="15"/>
       <c r="I7" s="14"/>
@@ -32101,103 +32187,103 @@
       <c r="R255" s="84"/>
       <c r="S255" s="84"/>
     </row>
     <row r="256" spans="1:34" x14ac:dyDescent="0.2">
       <c r="B256" s="84"/>
       <c r="C256" s="84"/>
       <c r="D256" s="84"/>
       <c r="E256" s="84"/>
       <c r="F256" s="84"/>
       <c r="G256" s="84"/>
       <c r="H256" s="84"/>
       <c r="I256" s="84"/>
       <c r="J256" s="84"/>
       <c r="K256" s="84"/>
       <c r="L256" s="84"/>
       <c r="M256" s="84"/>
       <c r="N256" s="84"/>
       <c r="O256" s="84"/>
       <c r="P256" s="84"/>
       <c r="Q256" s="84"/>
       <c r="R256" s="84"/>
       <c r="S256" s="84"/>
     </row>
   </sheetData>
   <mergeCells count="33">
+    <mergeCell ref="AG5:AG6"/>
+    <mergeCell ref="AH5:AH6"/>
+    <mergeCell ref="M5:O5"/>
+    <mergeCell ref="P5:R5"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="S5:U5"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="Z4:AA4"/>
+    <mergeCell ref="AB4:AC4"/>
+    <mergeCell ref="Z5:AA5"/>
+    <mergeCell ref="AB5:AC5"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="Y5:Y6"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:J1"/>
     <mergeCell ref="B2:S2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="M4:O4"/>
     <mergeCell ref="P4:R4"/>
     <mergeCell ref="S4:U4"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="J5:L5"/>
-    <mergeCell ref="V4:W4"/>
-[...16 lines deleted...]
-    <mergeCell ref="S5:U5"/>
   </mergeCells>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Résultats_nouvelle version</vt:lpstr>
       <vt:lpstr>Historique (jan.2017- fév.2025)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Enquête sur la trésorerie des entreprises - Afte-Coe-Rexecode</dc:title>
-  <dc:creator>DDM;Coe-Rexecode</dc:creator>
+  <dc:title>Enquête sur la trésorerie des entreprises - Afte-Meti-Rexecode</dc:title>
+  <dc:creator>Rexecode;MTouili@rexecode.fr</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>